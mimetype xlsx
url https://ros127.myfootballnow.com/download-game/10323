--- v0 (2025-10-25)
+++ v1 (2025-11-26)
@@ -338,69 +338,69 @@
   <si>
     <t>#14 William Campbell - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 11-David Soucy pass complete to 88-Walter Walker to DEN 32 for 7 yards. Tackle by 26-Morris Monroe. LAN 68-Val Harris was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (LAN 26-Morris Monroe)</t>
   </si>
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
     <t>#32 James Davis - RB</t>
   </si>
   <si>
-    <t>#87 William Oster - TE</t>
+    <t>#89 William Oster - TE</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
-    <t>#65 Richard Collins - C</t>
+    <t>#51 Richard Collins - C</t>
   </si>
   <si>
     <t>#76 Martin Reynolds - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
   <si>
     <t>#74 Ricky Santos - RDE</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>#12 Kenneth Hagler - QB</t>
   </si>
   <si>
     <t>#6 Nicholas Vera - K</t>
   </si>
   <si>
     <t>#68 Byron Kline - RG</t>
   </si>
   <si>
     <t>#73 Christian Desmond - C</t>
   </si>
   <si>
     <t>#67 Ronnie Ho - RG</t>
   </si>
   <si>
     <t>#56 John Isaac - DT</t>
   </si>
   <si>
     <t>#99 Barry Waters - RDE</t>
   </si>
   <si>
     <t>(7:47) 6-Nicholas Vera kicks 74 yards from DEN 35 to LAN -9. Touchback.</t>
   </si>
   <si>
-    <t>#32 Robert Malloy - RB</t>
+    <t>#44 Robert Malloy - RB</t>
   </si>
   <si>
     <t>LAN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAN 25 (7:47) 23-Robert Malloy ran to LAN 27 for 2 yards. Tackle by 59-Stanley Stockton.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>#90 Wiley Marcellus - LDE</t>
   </si>
   <si>
     <t>#97 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#50 Joseph Garner - SLB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>LAN 27</t>
   </si>
   <si>
     <t>2-8-LAN 27 (7:02) 23-Robert Malloy ran to LAN 29 for 2 yards. Tackle by 94-Todd Love.</t>
   </si>
   <si>
-    <t>#87 David Palmer - WR</t>
+    <t>#16 David Palmer - WR</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#51 Robert Pickett - MLB</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>LAN 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-6-LAN 29 (6:29) 15-Gary King pass complete to 87-David Palmer to LAN 31 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>4-4-DEN 34 (3:51) 3-John Garcia punts 55 yards to LAN 10.</t>
   </si>
   <si>
     <t>#3 John Garcia - P</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>LAN 10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-LAN 10 (3:41) 15-Gary King pass complete to 23-Robert Malloy to LAN 13 for 3 yards. Tackle by 25-Joe Macleod.</t>
   </si>
   <si>
-    <t>#16 Walter Christian - WR</t>
+    <t>#7 Walter Christian - WR</t>
   </si>
   <si>
     <t>#26 Keith Ratliff - CB</t>
   </si>
   <si>
     <t>#47 Alvin Coleman - FS</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-7-LAN 13 (3:06) 15-Gary King pass complete to 10-Orlando Wheeler to LAN 20 for 7 yards. Tackle by 56-Joseph Garner.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>LAN 20</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>3-6-DEN 41 (11:31) 36-Nicolas Ramirez ran to DEN 40 for -1 yards. Tackle by 57-Wayne Keith. DEN 65-Richard Collins was injured on the play. He looks like he should be able to return. LAN 57-Wayne Keith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DEN 40</t>
   </si>
   <si>
     <t>4-8-DEN 40 (10:47) 3-John Garcia punts 47 yards to LAN 13. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>1-10-LAN 13 (10:41) 15-Gary King pass complete to 39-Denny Jones to LAN 20 for 7 yards. Tackle by 21-Daniel Thompson. LAN 59-Brian Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>2-3-LAN 20 (9:54) 15-Gary King pass complete to 87-David Palmer to LAN 23 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
-    <t>#75 Christopher White - LG</t>
+    <t>#56 Christopher White - C</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-LAN 23 (9:17) 15-Gary King pass complete to 10-Orlando Wheeler to LAN 37 for 14 yards. Tackle by 30-Tim Infante. LAN 39-Denny Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>LAN 37</t>
   </si>
   <si>
     <t>1-10-LAN 37 (8:38) 15-Gary King pass Pass knocked down by 50-Mike Turner. incomplete, intended for 89-Greg Boyer.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -2228,80 +2228,80 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>