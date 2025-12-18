--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -338,51 +338,51 @@
   <si>
     <t>#14 William Campbell - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 11-David Soucy pass complete to 88-Walter Walker to DEN 32 for 7 yards. Tackle by 26-Morris Monroe. LAN 68-Val Harris was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (LAN 26-Morris Monroe)</t>
   </si>
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
     <t>#32 James Davis - RB</t>
   </si>
   <si>
-    <t>#89 William Oster - TE</t>
+    <t>#82 William Oster - TE</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
     <t>#51 Richard Collins - C</t>
   </si>
   <si>
     <t>#76 Martin Reynolds - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
@@ -746,93 +746,93 @@
   <si>
     <t>#90 Wiley Marcellus - LDE</t>
   </si>
   <si>
     <t>#97 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#50 Joseph Garner - SLB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>LAN 27</t>
   </si>
   <si>
     <t>2-8-LAN 27 (7:02) 23-Robert Malloy ran to LAN 29 for 2 yards. Tackle by 94-Todd Love.</t>
   </si>
   <si>
-    <t>#16 David Palmer - WR</t>
+    <t>#30 David Palmer - RB</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#51 Robert Pickett - MLB</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>LAN 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-6-LAN 29 (6:29) 15-Gary King pass complete to 87-David Palmer to LAN 31 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>LAN 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LAN 31 (5:48) 19-Matthew Guzzi punts 45 yards to DEN 24. 88-Walter Walker to DEN 28 for 5 yards. Tackle by 26-Morris Monroe.</t>
   </si>
   <si>
     <t>#19 Matthew Guzzi - P</t>
   </si>
   <si>
-    <t>#62 Dean Williams - LT</t>
+    <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>DEN 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-DEN 28 (5:40) 36-Nicolas Ramirez ran to DEN 26 for -2 yards. Tackle by 93-David Johnson. PENALTY - Offsides (LAN 68-Val Harris)</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>1-5-DEN 33 (5:38) 32-James Davis ran to DEN 33 for a short gain. Tackle by 93-David Johnson.</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>3-6-DEN 41 (11:31) 36-Nicolas Ramirez ran to DEN 40 for -1 yards. Tackle by 57-Wayne Keith. DEN 65-Richard Collins was injured on the play. He looks like he should be able to return. LAN 57-Wayne Keith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DEN 40</t>
   </si>
   <si>
     <t>4-8-DEN 40 (10:47) 3-John Garcia punts 47 yards to LAN 13. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>1-10-LAN 13 (10:41) 15-Gary King pass complete to 39-Denny Jones to LAN 20 for 7 yards. Tackle by 21-Daniel Thompson. LAN 59-Brian Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>2-3-LAN 20 (9:54) 15-Gary King pass complete to 87-David Palmer to LAN 23 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
-    <t>#56 Christopher White - C</t>
+    <t>#62 Christopher White - LG</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-LAN 23 (9:17) 15-Gary King pass complete to 10-Orlando Wheeler to LAN 37 for 14 yards. Tackle by 30-Tim Infante. LAN 39-Denny Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>LAN 37</t>
   </si>
   <si>
     <t>1-10-LAN 37 (8:38) 15-Gary King pass Pass knocked down by 50-Mike Turner. incomplete, intended for 89-Greg Boyer.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -1142,51 +1142,51 @@
   <si>
     <t>3-1-LAN 46 (7:52) 46-Garry Whitaker ran to LAN 50 for 4 yards. Tackle by 50-Mike Turner.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>LAN 50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-LAN 50 (7:09) 46-Garry Whitaker ran to LAN 50 for a short loss. Tackle by 99-Leslie Leon. LAN 62-Dean Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2-10-LAN 50 (6:29) 23-Robert Malloy ran to DEN 41 for 9 yards. Tackle by 30-Tim Infante. LAN 54-John Holmquist was injured on the play. He looks like he should be able to return. DEN 30-Tim Infante was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3-1-DEN 41 (5:48) 46-Garry Whitaker ran to DEN 31 for 10 yards. Tackle by 47-Alvin Coleman.</t>
   </si>
   <si>
     <t>#75 Jack Carnegie - RT</t>
   </si>
   <si>
-    <t>#72 Justin Ford - RG</t>
+    <t>#63 Justin Ford - RG</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-DEN 31 (5:03) 15-Gary King pass Pass knocked down by 21-Daniel Thompson. incomplete, intended for 23-Robert Malloy.</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-DEN 31 (4:59) 15-Gary King sacked at DEN 32 for -1 yards (99-Leslie Leon). Sack allowed by 62-Dean Williams.</t>
   </si>
@@ -2234,74 +2234,74 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>