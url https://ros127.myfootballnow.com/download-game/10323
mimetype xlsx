--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -746,51 +746,51 @@
   <si>
     <t>#90 Wiley Marcellus - LDE</t>
   </si>
   <si>
     <t>#97 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#50 Joseph Garner - SLB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>LAN 27</t>
   </si>
   <si>
     <t>2-8-LAN 27 (7:02) 23-Robert Malloy ran to LAN 29 for 2 yards. Tackle by 94-Todd Love.</t>
   </si>
   <si>
-    <t>#30 David Palmer - RB</t>
+    <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#51 Robert Pickett - MLB</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>LAN 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-6-LAN 29 (6:29) 15-Gary King pass complete to 87-David Palmer to LAN 31 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>