--- v3 (2026-01-08)
+++ v4 (2026-02-03)
@@ -356,51 +356,51 @@
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
     <t>#32 James Davis - RB</t>
   </si>
   <si>
     <t>#82 William Oster - TE</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
-    <t>#51 Richard Collins - C</t>
+    <t>#58 Richard Collins - C</t>
   </si>
   <si>
     <t>#76 Martin Reynolds - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
   <si>
     <t>#74 Ricky Santos - RDE</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>3-6-DEN 41 (11:31) 36-Nicolas Ramirez ran to DEN 40 for -1 yards. Tackle by 57-Wayne Keith. DEN 65-Richard Collins was injured on the play. He looks like he should be able to return. LAN 57-Wayne Keith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DEN 40</t>
   </si>
   <si>
     <t>4-8-DEN 40 (10:47) 3-John Garcia punts 47 yards to LAN 13. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>1-10-LAN 13 (10:41) 15-Gary King pass complete to 39-Denny Jones to LAN 20 for 7 yards. Tackle by 21-Daniel Thompson. LAN 59-Brian Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>2-3-LAN 20 (9:54) 15-Gary King pass complete to 87-David Palmer to LAN 23 for 3 yards. Tackle by 24-George Norris.</t>
   </si>
   <si>
-    <t>#62 Christopher White - LG</t>
+    <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-LAN 23 (9:17) 15-Gary King pass complete to 10-Orlando Wheeler to LAN 37 for 14 yards. Tackle by 30-Tim Infante. LAN 39-Denny Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>LAN 37</t>
   </si>
   <si>
     <t>1-10-LAN 37 (8:38) 15-Gary King pass Pass knocked down by 50-Mike Turner. incomplete, intended for 89-Greg Boyer.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -1688,51 +1688,51 @@
   <si>
     <t>1-10-DEN 34 (9:14) 23-Robert Malloy ran to DEN 33 for a short gain. Tackle by 99-Leslie Leon.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-10-DEN 33 (8:32) 15-Gary King pass Pass knocked down by 56-Joseph Garner. incomplete, intended for 46-Garry Whitaker.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>3-10-DEN 33 (8:28) 15-Gary King pass incomplete, dropped by 16-Walter Christian.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>4-10-DEN 33 (8:25) 14-William Campbell 51 yard field goal is GOOD. LAN 3 DEN 21</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>(8:21) 14-William Campbell kicks 75 yards from LAN 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-DEN 25 (8:21) 32-James Davis ran to DEN 28 for 3 yards. Tackle by 93-David Johnson. 81-William Oster totally missed that block.</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>2-7-DEN 28 (7:38) 32-James Davis ran to DEN 36 for 9 yards. Tackle by 22-Richard White.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>DEN 36</t>
   </si>
   <si>
     <t>1-10-DEN 36 (6:58) 36-Nicolas Ramirez ran to DEN 41 for 4 yards. Tackle by 57-Wayne Keith.</t>
   </si>