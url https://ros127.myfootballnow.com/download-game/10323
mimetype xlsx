--- v4 (2026-02-03)
+++ v5 (2026-02-23)
@@ -335,75 +335,75 @@
   <si>
     <t>#91 Steven Nicholson - SLB</t>
   </si>
   <si>
     <t>#14 William Campbell - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 11-David Soucy pass complete to 88-Walter Walker to DEN 32 for 7 yards. Tackle by 26-Morris Monroe. LAN 68-Val Harris was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (LAN 26-Morris Monroe)</t>
   </si>
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
-    <t>#32 James Davis - RB</t>
+    <t>#27 James Davis - RB</t>
   </si>
   <si>
     <t>#82 William Oster - TE</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
     <t>#58 Richard Collins - C</t>
   </si>
   <si>
-    <t>#76 Martin Reynolds - RT</t>
+    <t>#76 Martin Reynolds - LT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
   <si>
     <t>#74 Ricky Santos - RDE</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
   <si>
     <t>#26 Morris Monroe - CB</t>
   </si>
@@ -722,54 +722,54 @@
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#88 Greg Boyer - TE</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#54 John Holmquist - RG</t>
   </si>
   <si>
     <t>#78 Randall Montgomery - RT</t>
   </si>
   <si>
-    <t>#90 Wiley Marcellus - LDE</t>
-[...2 lines deleted...]
-    <t>#97 James Carper - DT</t>
+    <t>#55 Wiley Marcellus - WLB</t>
+  </si>
+  <si>
+    <t>#61 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#50 Joseph Garner - SLB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>LAN 27</t>
   </si>
   <si>
     <t>2-8-LAN 27 (7:02) 23-Robert Malloy ran to LAN 29 for 2 yards. Tackle by 94-Todd Love.</t>
   </si>
   <si>
     <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>