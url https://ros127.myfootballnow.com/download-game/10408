--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -287,54 +287,54 @@
   <si>
     <t>MIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Julius Richardson kicks 62 yards from TEN 35 to MIN 3. 10-Paul Worthy to MIN 28 for 26 yards. Tackle by 28-Wayne Rao.</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
-[...2 lines deleted...]
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#59 Brian Watts - DT</t>
+  </si>
+  <si>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>#8 Julius Richardson - K</t>
   </si>
@@ -377,222 +377,222 @@
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#47 Michael McGinn - SS</t>
   </si>
   <si>
     <t>#49 Harry Litchfield - SS</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
-    <t>#71 Jeffrey Delacruz - DT</t>
+    <t>#96 Jeffrey Delacruz - DT</t>
   </si>
   <si>
     <t>#78 Thomas Campos - RDE</t>
   </si>
   <si>
     <t>#94 Neil Franks - SLB</t>
   </si>
   <si>
-    <t>#42 Robert Wooden - MLB</t>
+    <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#99 Kelvin Crouse - WLB</t>
   </si>
   <si>
     <t>#36 Richard Walker - CB</t>
   </si>
   <si>
     <t>#29 Harold Estrada - FS</t>
   </si>
   <si>
     <t>#42 Michael Lowry - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-MIN 28 (14:53) 13-Ernest Forney pass Pass knocked down by 92-Jeffrey Varghese. incomplete, intended for 42-Trent Jackson.</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
-    <t>#57 Jeffrey Varghese - MLB</t>
+    <t>#93 Jeffrey Varghese - MLB</t>
   </si>
   <si>
     <t>#28 Wayne Rao - CB</t>
   </si>
   <si>
     <t>#23 James Wilcox - FS</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-10-MIN 28 (14:49) 13-Ernest Forney pass complete to 44-Antonio Dawson to MIN 29 for 1 yards. Tackle by 23-James Wilcox. TEN 97-Kelvin Crouse was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-MIN 29 (14:01) 8-Jesse Mendivil punts 42 yards to TEN 29. Fair Catch by 17-Michael Samuel.</t>
   </si>
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
   <si>
     <t>#16 Michael Samuel - WR</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
-    <t>#87 Fred Jones - TE</t>
+    <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>#54 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>13:54</t>
   </si>
   <si>
     <t>TEN 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TEN 29 (13:55) 3-David Graziani pass complete to 80-Robert Reyes to TEN 28 for -1 yards. Tackle by 43-Paul Cash.</t>
   </si>
   <si>
     <t>#3 David Graziani - QB</t>
   </si>
   <si>
     <t>#80 Robert Reyes - RB</t>
   </si>
   <si>
     <t>#44 David Nixon - RB</t>
   </si>
   <si>
     <t>#84 Robert Johnson - WR</t>
   </si>
   <si>
-    <t>#19 Gary Green - WR</t>
+    <t>#80 Gary Green - WR</t>
   </si>
   <si>
     <t>#77 Donald Bromberg - LT</t>
   </si>
   <si>
-    <t>#56 Curtis Brown - LG</t>
-[...2 lines deleted...]
-    <t>#69 Brian Call - C</t>
+    <t>#71 Curtis Brown - LG</t>
+  </si>
+  <si>
+    <t>#69 Brian Call - LG</t>
   </si>
   <si>
     <t>#55 Ernest Sheppard - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
-    <t>#94 Michael May - MLB</t>
+    <t>#49 Michael May - SS</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>TEN 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-TEN 28 (13:16) 80-Robert Reyes ran to TEN 42 for 14 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
-    <t>#27 Ellis Truong - FB</t>
-[...5 lines deleted...]
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#44 Ellis Truong - FB</t>
+  </si>
+  <si>
+    <t>#4 Raymond Brown - TE</t>
+  </si>
+  <si>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>TEN 42</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-TEN 42 (12:41) 44-David Nixon ran to MIN 44 for 14 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -1019,51 +1019,51 @@
   <si>
     <t>3-14-TEN 46 (9:30) 3-David Graziani pass Pass knocked down by 51-Jeremy Lake. incomplete, intended for 20-Raymond Brown.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>4-14-TEN 46 (9:27) 4-Lee Kruse punts 38 yards to MIN 16.</t>
   </si>
   <si>
     <t>#4 Lee Kruse - P</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>MIN 16</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIN 16 (9:19) 44-Antonio Dawson ran to MIN 21 for 5 yards. Tackle by 49-Paul Milton. TEN 90-Robert Wooden was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#49 Paul Milton - SLB</t>
+    <t>#93 Paul Milton - SLB</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-5-MIN 21 (8:37) 44-Antonio Dawson ran to MIN 22 for 1 yards. Tackle by 92-Jeffrey Varghese.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
@@ -2195,73 +2195,73 @@
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>