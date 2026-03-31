--- v1 (2026-01-30)
+++ v2 (2026-03-31)
@@ -377,141 +377,141 @@
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#47 Michael McGinn - SS</t>
   </si>
   <si>
     <t>#49 Harry Litchfield - SS</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
-    <t>#96 Jeffrey Delacruz - DT</t>
+    <t>#78 Jeffrey Delacruz - DT</t>
   </si>
   <si>
     <t>#78 Thomas Campos - RDE</t>
   </si>
   <si>
     <t>#94 Neil Franks - SLB</t>
   </si>
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#99 Kelvin Crouse - WLB</t>
   </si>
   <si>
     <t>#36 Richard Walker - CB</t>
   </si>
   <si>
     <t>#29 Harold Estrada - FS</t>
   </si>
   <si>
     <t>#42 Michael Lowry - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-MIN 28 (14:53) 13-Ernest Forney pass Pass knocked down by 92-Jeffrey Varghese. incomplete, intended for 42-Trent Jackson.</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#93 Jeffrey Varghese - MLB</t>
   </si>
   <si>
     <t>#28 Wayne Rao - CB</t>
   </si>
   <si>
     <t>#23 James Wilcox - FS</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-10-MIN 28 (14:49) 13-Ernest Forney pass complete to 44-Antonio Dawson to MIN 29 for 1 yards. Tackle by 23-James Wilcox. TEN 97-Kelvin Crouse was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-MIN 29 (14:01) 8-Jesse Mendivil punts 42 yards to TEN 29. Fair Catch by 17-Michael Samuel.</t>
   </si>
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
   <si>
     <t>#16 Michael Samuel - WR</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#43 Fred Jones - WR</t>
   </si>
   <si>
-    <t>#54 Justin Ortiz - WLB</t>
+    <t>#55 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>13:54</t>
   </si>
   <si>
     <t>TEN 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TEN 29 (13:55) 3-David Graziani pass complete to 80-Robert Reyes to TEN 28 for -1 yards. Tackle by 43-Paul Cash.</t>
   </si>
   <si>
     <t>#3 David Graziani - QB</t>
   </si>
   <si>
     <t>#80 Robert Reyes - RB</t>
   </si>
   <si>
     <t>#44 David Nixon - RB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>MIN 37</t>
   </si>
   <si>
     <t>3-3-MIN 37 (11:20) 80-Robert Reyes ran to MIN 33 for 4 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>MIN 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-MIN 33 (10:39) 44-David Nixon ran to MIN 30 for 2 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>#48 Max Grant - FB</t>
   </si>
   <si>
-    <t>#87 Aaron Washington - TE</t>
+    <t>#89 Aaron Washington - TE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-MIN 30 (10:00) 44-David Nixon ran to MIN 20 for 10 yards. Tackle by 48-Richard Corey.</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
@@ -707,57 +707,57 @@
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-MIN 13 (7:26) 9-Johnny Collins 31 yard field goal is GOOD. MIN 0 TEN 3</t>
   </si>
   <si>
     <t>#18 Stanley Hummell - QB</t>
   </si>
   <si>
     <t>#9 Johnny Collins - K</t>
   </si>
   <si>
     <t>#83 Adolfo Arrington - TE</t>
   </si>
   <si>
-    <t>#71 Ronald Allen - LT</t>
+    <t>#76 Ronald Allen - LT</t>
   </si>
   <si>
     <t>#68 Anthony Kenna - RT</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>(7:23) 8-Julius Richardson kicks 74 yards from TEN 35 to MIN -9. 10-Paul Worthy to MIN 31 for 41 yards. Tackle by 8-Julius Richardson.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>MIN 31</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIN 31 (7:18) 13-Ernest Forney pass Pass knocked down by 94-Neil Franks. incomplete, intended for 42-Trent Jackson.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>