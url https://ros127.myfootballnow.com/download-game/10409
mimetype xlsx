--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -296,198 +296,198 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Wilson Prather kicks 64 yards from GBY 35 to DET 1. 48-Scott Demartini to DET 20 for 20 yards. Tackle by 37-Charles Hill.</t>
   </si>
   <si>
     <t>#48 Scott Demartini - RB</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
   <si>
     <t>#90 Stephen Edens - DT</t>
   </si>
   <si>
     <t>#59 Michael Thomas - MLB</t>
   </si>
   <si>
-    <t>#54 Mitchell Poulin - WLB</t>
+    <t>#90 Mitchell Poulin - WLB</t>
   </si>
   <si>
     <t>#62 Frank Tyner - RDE</t>
   </si>
   <si>
     <t>#96 Kip Sullivan - DT</t>
   </si>
   <si>
     <t>#29 Corey Barrette - CB</t>
   </si>
   <si>
     <t>#75 John Clark - RDE</t>
   </si>
   <si>
     <t>#24 Dennis Embry - CB</t>
   </si>
   <si>
-    <t>#3 Wilson Prather - K</t>
+    <t>#10 Wilson Prather - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>DET 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DET 20 (14:57) 39-Leroy Rollins ran to DET 19 for -1 yards. Tackle by 78-Juan Cropper.</t>
   </si>
   <si>
     <t>#15 Scott Spicer - QB</t>
   </si>
   <si>
     <t>#39 Leroy Rollins - RB</t>
   </si>
   <si>
-    <t>#82 Brent Miller - TE</t>
+    <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#88 Marvin Crawford - WR</t>
   </si>
   <si>
     <t>#80 Brad White - WR</t>
   </si>
   <si>
     <t>#70 David McNally - LT</t>
   </si>
   <si>
     <t>#63 Ali Guerrette - LG</t>
   </si>
   <si>
     <t>#73 Donald Trevino - C</t>
   </si>
   <si>
-    <t>#52 Larry Pierson - RG</t>
+    <t>#50 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#61 John Kennedy - RG</t>
   </si>
   <si>
-    <t>#77 Kevin Williams - LDE</t>
-[...2 lines deleted...]
-    <t>#72 Gerald Smith - DT</t>
+    <t>#91 Kevin Williams - DT</t>
+  </si>
+  <si>
+    <t>#98 Gerald Smith - DT</t>
   </si>
   <si>
     <t>#78 Juan Cropper - RDE</t>
   </si>
   <si>
     <t>#40 Douglas Wiley - SLB</t>
   </si>
   <si>
-    <t>#99 Mark Marino - MLB</t>
+    <t>#45 Mark Marino - WLB</t>
   </si>
   <si>
     <t>#79 Grant Gravel - DT</t>
   </si>
   <si>
     <t>#23 Kenneth Cale - CB</t>
   </si>
   <si>
-    <t>#20 James Kotter - CB</t>
+    <t>#27 James Kotter - CB</t>
   </si>
   <si>
     <t>#21 Jesse Gamble - CB</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>#37 Charles Hill - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>DET 19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-DET 19 (14:19) 15-Scott Spicer pass complete to 80-Brad White to DET 32 for 13 yards. Tackle by 20-James Kotter.</t>
   </si>
   <si>
     <t>#33 Joseph Warren - FB</t>
   </si>
   <si>
-    <t>#74 Pedro Allen - DT</t>
+    <t>#98 Pedro Allen - DT</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>DET 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DET 32 (13:41) 39-Leroy Rollins ran to DET 45 for 13 yards. Tackle by 20-James Kotter.</t>
   </si>
   <si>
     <t>#43 Ernest Fletcher - RB</t>
   </si>
   <si>
     <t>#76 Howard Sandoval - LT</t>
   </si>
   <si>
-    <t>#75 Maurice Elliston - LDE</t>
+    <t>#56 Maurice Elliston - MLB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>DET 45</t>
   </si>
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>1-10-DET 45 (13:02) 15-Scott Spicer pass INTERCEPTED by 40-Douglas Wiley at GBY 40. 40-Douglas Wiley to GBY 48 for 8 yards. 40-Douglas Wiley FUMBLES (60-John Kennedy) recovered by DET-73-Donald Trevino at GBY 45. Tackle by 43-Mark Marino. Pressure by 78-Juan Cropper.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>GBY 45</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -566,123 +566,123 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-4-GBY 28 (9:33) 39-Leroy Rollins ran to GBY 26 for 2 yards. Tackle by 43-Mark Marino.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-GBY 26 (8:48) 18-Chad  Butler 44 yard field goal is GOOD. GBY 0 DET 3</t>
   </si>
   <si>
     <t>#58 Scott Causey - RT</t>
   </si>
   <si>
-    <t>#18 Chad  Butler - K</t>
+    <t>#3 Chad  Butler - K</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#56 Timothy Bender - LT</t>
   </si>
   <si>
-    <t>#59 Joshua Knox - DT</t>
+    <t>#69 Joshua Knox - DT</t>
   </si>
   <si>
     <t>#76 Timothy Rogers - RDE</t>
   </si>
   <si>
     <t>#46 Bruno Frisby - MLB</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(8:45) 18-Chad  Butler kicks 70 yards from DET 35 to GBY -5. Touchback.</t>
   </si>
   <si>
     <t>#19 Peter Campbell - WR</t>
   </si>
   <si>
-    <t>#41 William Silva - SLB</t>
+    <t>#52 William Silva - SLB</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (8:45) 12-Arthur Grossman pass complete to 87-Michael Moore to GBY 28 for 3 yards. Tackle by 55-Jeffrey McDonald.</t>
   </si>
   <si>
     <t>#3 Arthur Grossman - QB</t>
   </si>
   <si>
     <t>#28 Edward Velez - RB</t>
   </si>
   <si>
-    <t>#89 Michael Moore - TE</t>
-[...2 lines deleted...]
-    <t>#88 Joseph Wright - TE</t>
+    <t>#85 Michael Moore - TE</t>
+  </si>
+  <si>
+    <t>#82 Joseph Wright - TE</t>
   </si>
   <si>
     <t>#9 Donald Beasley - WR</t>
   </si>
   <si>
     <t>#66 Maurice Padgett - LT</t>
   </si>
   <si>
-    <t>#62 Luke Fett - LG</t>
+    <t>#52 Luke Fett - LG</t>
   </si>
   <si>
     <t>#59 Anthony Serra - C</t>
   </si>
   <si>
-    <t>#61 Lance Villanueva - RG</t>
-[...2 lines deleted...]
-    <t>#66 Dennis Wilson - RT</t>
+    <t>#76 Lance Villanueva - RG</t>
+  </si>
+  <si>
+    <t>#50 Dennis Wilson - RT</t>
   </si>
   <si>
     <t>#64 Walter Stanford - LDE</t>
   </si>
   <si>
     <t>#96 Hector Crist - DT</t>
   </si>
   <si>
     <t>#30 Daniel Hilton - SS</t>
   </si>
   <si>
     <t>#46 Franklin Brown - FS</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-GBY 28 (8:02) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 33 for 5 yards. Tackle by 55-Jeffrey McDonald.</t>
   </si>
@@ -713,117 +713,117 @@
   <si>
     <t>GBY 42</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-GBY 42 (6:45) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 42 for a short loss. Tackle by 54-Mitchell Poulin.</t>
   </si>
   <si>
     <t>#97 Richard Mejia - MLB</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-GBY 42 (6:11) 22-Brian Donald ran to DET 41 for 18 yards.</t>
   </si>
   <si>
-    <t>#22 Brian Donald - RB</t>
+    <t>#2 Brian Donald - RB</t>
   </si>
   <si>
     <t>#91 Eric Gibbs - WLB</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 41 (5:27) 12-Arthur Grossman sacked at GBY 50 for -10 yards (96-Hector Crist). Sack allowed by 59-Anthony Serra.</t>
   </si>
   <si>
-    <t>#38 James Wade - SS</t>
+    <t>#48 James Wade - SS</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>GBY 50</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-20-GBY 50 (4:48) 12-Arthur Grossman pass incomplete, intended for 87-Michael Moore. Pressure by 64-Walter Stanford.</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-20-GBY 50 (4:44) 12-Arthur Grossman pass incomplete, dropped by 8-Peter Campbell.</t>
   </si>
   <si>
     <t>#28 Edgar Morgan - FS</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-20-GBY 50 (4:41) 1-Robert Robertson punts 47 yards to DET 3. DET 59-Michael Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Robert Robertson - P</t>
   </si>
   <si>
-    <t>#58 Robert Rogge - C</t>
+    <t>#70 Robert Rogge - LG</t>
   </si>
   <si>
     <t>#60 George Nolan - LG</t>
   </si>
   <si>
     <t>#57 David Simpson - C</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>DET 3</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-DET 3 (4:34) 15-Scott Spicer pass complete to 88-Marvin Crawford to DET 18 for 15 yards. Tackle by 37-Charles Hill.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>DET 18</t>
   </si>
@@ -1655,51 +1655,51 @@
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>2-1-GBY 43 (5:08) 15-Scott Spicer pass complete to 85-Benny Owen to GBY 37 for 6 yards. Tackle by 45-Grant Gravel.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>GBY 37</t>
   </si>
   <si>
     <t>1-10-GBY 37 (4:31) 48-Scott Demartini ran to GBY 23 for 14 yards. Tackle by 37-Charles Hill.</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>1-10-GBY 23 (3:45) 48-Scott Demartini ran to GBY 27 for -5 yards. Tackle by 77-Kevin Williams.</t>
   </si>
   <si>
-    <t>#19 Elwood Gagne - WR</t>
+    <t>#12 Elwood Gagne - WR</t>
   </si>
   <si>
     <t>#17 Archie Toney - WR</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>GBY 27</t>
   </si>
   <si>
     <t>2-15-GBY 27 (3:07) 15-Scott Spicer pass complete to 85-Benny Owen to GBY 23 for 4 yards. Tackle by 23-Kenneth Cale. DET 82-Brent Miller was injured on the play.</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>3-11-GBY 23 (2:27) 15-Scott Spicer pass Pass knocked down by 40-Douglas Wiley. incomplete, intended for 85-Benny Owen.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>4-11-GBY 23 (2:23) 18-Chad  Butler 41 yard field goal is GOOD. GBY 9 DET 6</t>
   </si>
@@ -2183,71 +2183,71 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">