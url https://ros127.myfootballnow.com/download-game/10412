--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -308,99 +308,99 @@
   <si>
     <t>#64 Randy Crofts - DT</t>
   </si>
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#38 Aaron Anderson - CB</t>
   </si>
   <si>
-    <t>#58 Travis Perez - MLB</t>
+    <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#15 Robert Wood - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-Michael Duncan ran to CLE 25 for a short loss. Tackle by 21-Christopher Elder.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#27 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#50 Ray Smith - C</t>
   </si>
   <si>
-    <t>#67 John Wilkins - C</t>
+    <t>#67 John Wilkins - RG</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#65 Clifford Young - DT</t>
   </si>
   <si>
     <t>#70 Lamar Brown - DT</t>
   </si>
   <si>
     <t>#93 Zachary Rice - DT</t>
   </si>
   <si>
     <t>#54 Donald Smalls - SLB</t>
   </si>
   <si>
     <t>#53 John Stitt - MLB</t>
   </si>
@@ -452,90 +452,90 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-11-CLE 24 (13:38) 10-Wayne Knights pass complete to 22-Michael Duncan to CLE 32 for 8 yards. Tackle by 98-Philip Benton. PENALTY - Holding (CLE 27-Patrick McCord) (Declined)</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-CLE 32 (13:34) 5-Cameron Inman punts 51 yards to PIT 17. Fair Catch by 30-Andrew Langlinais. PIT 54-Donald Smalls was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
-    <t>#62 Joseph Peters - LT</t>
+    <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#30 Andrew Langlinais - RB</t>
   </si>
   <si>
     <t>#95 Gary Mackie - SLB</t>
   </si>
   <si>
     <t>#95 Michael Cope - RDE</t>
   </si>
   <si>
     <t>#59 Harold Bowen - WLB</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#78 Billy Austin - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-PIT 17 (13:28) 16-Mark Malone pass complete to 23-Joseph Wolcott to PIT 29 for 13 yards. Tackle by 29-Lavern Yan. Pressure by 92-John Baker.</t>
   </si>
   <si>
-    <t>#10 Mark Malone - QB</t>
-[...2 lines deleted...]
-    <t>#46 Carlos Townsend - RB</t>
+    <t>#5 Mark Malone - QB</t>
+  </si>
+  <si>
+    <t>#46 Carlos Townsend - WR</t>
   </si>
   <si>
     <t>#23 Joseph Wolcott - FB</t>
   </si>
   <si>
     <t>#87 Anthony Orbison - TE</t>
   </si>
   <si>
     <t>#81 Willie Hardin - WR</t>
   </si>
   <si>
     <t>#84 Randolph Branch - WR</t>
   </si>
   <si>
     <t>#67 John Gomez - LT</t>
   </si>
   <si>
     <t>#57 Ronald Owens - LG</t>
   </si>
   <si>
     <t>#57 David Barraza - C</t>
   </si>
   <si>
     <t>#63 Thomas Ramsey - RG</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>PIT 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 46 (11:14) 16-Mark Malone pass complete to 46-Gary Vera to CLE 45 for 10 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>CLE 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-1-CLE 45 (10:28) 20-Carlos Townsend ran to CLE 45 for -1 yards. Tackle by 90-Michael Lewis.</t>
   </si>
   <si>
-    <t>#86 Gary Holleran - TE</t>
+    <t>#85 Gary Holleran - TE</t>
   </si>
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-1-CLE 45 (9:54) 16-Mark Malone pass complete to 87-Anthony Orbison to CLE 39 for 6 yards. Tackle by 97-Travis Perez. PENALTY - Offsides (CLE 95-Peter Goodman) (Declined)</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>CLE 39</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -734,78 +734,78 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-6-CLE 6 (7:08) 46-Gary Vera ran to CLE 7 for a short loss. Tackle by 97-Travis Perez.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>2-7-CLE 7 (6:26) 16-Mark Malone pass Pass knocked down by 38-Aaron Anderson. incomplete, intended for 86-Lance Zuber.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>3-7-CLE 7 (6:22) 46-Gary Vera ran for 7 yards. TOUCHDOWN! PIT 6 CLE 0</t>
   </si>
   <si>
-    <t>#6 Gabriel Hindman - CB</t>
+    <t>#21 Gabriel Hindman - CB</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:19) Extra point GOOD by 15-Robert Wood. PIT 7 CLE 0</t>
   </si>
   <si>
     <t>#58 Marcus Cuevas - RT</t>
   </si>
   <si>
     <t>#56 Tim Walden - C</t>
   </si>
   <si>
     <t>#66 Donald Forsberg - RG</t>
   </si>
   <si>
-    <t>#71 John Perez - RT</t>
+    <t>#50 John Perez - RT</t>
   </si>
   <si>
     <t>#54 Thomas Blanford - WLB</t>
   </si>
   <si>
     <t>#93 Scotty Davis - SLB</t>
   </si>
   <si>
     <t>#94 William Born - DT</t>
   </si>
   <si>
     <t>(6:19) 15-Robert Wood kicks 75 yards from PIT 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-CLE 25 (6:19) 22-Michael Duncan ran to CLE 29 for 4 yards. Tackle by 45-Chad Starks. PIT 21-Christopher Elder was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
@@ -869,51 +869,51 @@
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>PIT 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>3-2-PIT 12 (2:48) 22-Michael Duncan ran to PIT 12 for -1 yards. Tackle by 77-Anthony Reale.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>4-3-PIT 12 (2:15) 4-Kevin Collins 29 yard field goal is GOOD. PIT 7 CLE 3</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
     <t>#4 Kevin Collins - K</t>
   </si>
   <si>
-    <t>#95 Valentine Derrick - RDE</t>
+    <t>#51 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>(2:12) 4-Kevin Collins kicks 74 yards from CLE 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (2:12) 16-Mark Malone pass Pass knocked down by 29-Lavern Yan. incomplete, intended for 87-Anthony Orbison.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -2239,72 +2239,72 @@
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">