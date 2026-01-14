--- v1 (2025-12-16)
+++ v2 (2026-01-14)
@@ -761,51 +761,51 @@
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:19) Extra point GOOD by 15-Robert Wood. PIT 7 CLE 0</t>
   </si>
   <si>
     <t>#58 Marcus Cuevas - RT</t>
   </si>
   <si>
     <t>#56 Tim Walden - C</t>
   </si>
   <si>
     <t>#66 Donald Forsberg - RG</t>
   </si>
   <si>
-    <t>#50 John Perez - RT</t>
+    <t>#66 John Perez - RT</t>
   </si>
   <si>
     <t>#54 Thomas Blanford - WLB</t>
   </si>
   <si>
     <t>#93 Scotty Davis - SLB</t>
   </si>
   <si>
     <t>#94 William Born - DT</t>
   </si>
   <si>
     <t>(6:19) 15-Robert Wood kicks 75 yards from PIT 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-CLE 25 (6:19) 22-Michael Duncan ran to CLE 29 for 4 yards. Tackle by 45-Chad Starks. PIT 21-Christopher Elder was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
@@ -869,51 +869,51 @@
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>PIT 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>3-2-PIT 12 (2:48) 22-Michael Duncan ran to PIT 12 for -1 yards. Tackle by 77-Anthony Reale.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>4-3-PIT 12 (2:15) 4-Kevin Collins 29 yard field goal is GOOD. PIT 7 CLE 3</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
     <t>#4 Kevin Collins - K</t>
   </si>
   <si>
-    <t>#51 Valentine Derrick - RDE</t>
+    <t>#55 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>(2:12) 4-Kevin Collins kicks 74 yards from CLE 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (2:12) 16-Mark Malone pass Pass knocked down by 29-Lavern Yan. incomplete, intended for 87-Anthony Orbison.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>