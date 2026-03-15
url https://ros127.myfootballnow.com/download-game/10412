--- v2 (2026-01-14)
+++ v3 (2026-03-15)
@@ -305,108 +305,108 @@
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>#64 Randy Crofts - DT</t>
   </si>
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
-    <t>#38 Aaron Anderson - CB</t>
+    <t>#29 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#15 Robert Wood - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-Michael Duncan ran to CLE 25 for a short loss. Tackle by 21-Christopher Elder.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
-    <t>#27 Patrick McCord - FB</t>
+    <t>#40 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#67 John Wilkins - RG</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
-    <t>#52 Dante Gilbert - RT</t>
+    <t>#72 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#65 Clifford Young - DT</t>
   </si>
   <si>
     <t>#70 Lamar Brown - DT</t>
   </si>
   <si>
     <t>#93 Zachary Rice - DT</t>
   </si>
   <si>
     <t>#54 Donald Smalls - SLB</t>
   </si>
   <si>
     <t>#53 John Stitt - MLB</t>
   </si>
   <si>
     <t>#98 Philip Benton - WLB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
@@ -452,60 +452,60 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-11-CLE 24 (13:38) 10-Wayne Knights pass complete to 22-Michael Duncan to CLE 32 for 8 yards. Tackle by 98-Philip Benton. PENALTY - Holding (CLE 27-Patrick McCord) (Declined)</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-CLE 32 (13:34) 5-Cameron Inman punts 51 yards to PIT 17. Fair Catch by 30-Andrew Langlinais. PIT 54-Donald Smalls was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
-    <t>#71 Joseph Peters - LT</t>
+    <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#30 Andrew Langlinais - RB</t>
   </si>
   <si>
     <t>#95 Gary Mackie - SLB</t>
   </si>
   <si>
-    <t>#95 Michael Cope - RDE</t>
+    <t>#60 Michael Cope - RDE</t>
   </si>
   <si>
     <t>#59 Harold Bowen - WLB</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#78 Billy Austin - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-PIT 17 (13:28) 16-Mark Malone pass complete to 23-Joseph Wolcott to PIT 29 for 13 yards. Tackle by 29-Lavern Yan. Pressure by 92-John Baker.</t>
   </si>