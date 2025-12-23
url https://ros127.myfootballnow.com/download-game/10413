--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -284,54 +284,54 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Daniel Taylor kicks 67 yards from BUF 35 to NED -2. 37-Ryan Guess to NED 23 for 26 yards. Tackle by 40-Sidney Richardson. NED 74-Michael Terry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#27 Ryan Guess - RB</t>
   </si>
   <si>
-    <t>#76 Michael Terry - RDE</t>
-[...2 lines deleted...]
-    <t>#38 Jamar Wells - SS</t>
+    <t>#67 Michael Terry - RDE</t>
+  </si>
+  <si>
+    <t>#96 Jamar Wells - WLB</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
   <si>
     <t>#48 Andrew Johnson - CB</t>
   </si>
   <si>
     <t>#23 Mack Garrison - SS</t>
   </si>
   <si>
     <t>#49 Miguel Ruiz - CB</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
   <si>
     <t>#29 Michael Ellison - CB</t>
   </si>
   <si>
     <t>#76 Brooks Michaud - LDE</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#53 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#96 Todd Mitchell - DT</t>
   </si>
   <si>
     <t>#67 Harold Edwards - DT</t>
   </si>
   <si>
     <t>#99 Ronald Wheeler - RDE</t>
   </si>
   <si>
     <t>#92 Burton Purvis - SLB</t>
   </si>
   <si>
     <t>#50 Larry Gray - MLB</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
-    <t>#30 Thomas Snyder - CB</t>
+    <t>#21 Thomas Snyder - CB</t>
   </si>
   <si>
     <t>#37 Ryan Cohen - CB</t>
   </si>
   <si>
     <t>#22 Thomas Sullivan - SS</t>
   </si>
   <si>
     <t>#42 Henry Diamond - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-NED 23 (14:53) 15-Frank Despres pass Pass knocked down by 57-Larry Gray. incomplete, intended for 86-William Eddins.</t>
   </si>
   <si>
     <t>#86 William Eddins - WR</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#20 Nicholas Garcia - RB</t>
   </si>
   <si>
     <t>#41 Garrett McCauley - FB</t>
   </si>
   <si>
     <t>#87 Carl Burdette - TE</t>
   </si>
   <si>
     <t>#83 Robert Roe - WR</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#60 Glen Bowen - LG</t>
   </si>
   <si>
     <t>#60 Arthur Crotts - C</t>
   </si>
   <si>
     <t>#57 Joseph Alston - RG</t>
   </si>
   <si>
-    <t>#73 Howard Chaffins - RT</t>
+    <t>#60 Howard Chaffins - RT</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>1-10-BUF 32 (12:02) 43-Nicholas Garcia ran to BUF 38 for 6 yards. Tackle by 91-Jim Vazquez.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>BUF 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-4-BUF 38 (11:27) 24-Dick Shiner ran to BUF 38 for a short gain. Tackle by 90-Jeffrey Kelly.</t>
   </si>
   <si>
     <t>#1 Dick Shiner - QB</t>
   </si>
   <si>
     <t>#86 Paul Dean - TE</t>
   </si>
   <si>
-    <t>#52 Bruce Young - LDE</t>
+    <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-4-BUF 38 (10:44) 5-Kendrick Sweet pass complete to 41-Garrett McCauley to BUF 45 for 7 yards. Tackle by 91-Jim Vazquez.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>BUF 45</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-BUF 45 (10:09) 5-Kendrick Sweet pass complete to 88-Robert Shiflet to BUF 49 for 4 yards. Tackle by 48-Andrew Johnson.</t>
   </si>
   <si>
     <t>#14 Joseph Adcock - WR</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>NED 12</t>
   </si>
   <si>
     <t>3-8-NED 12 (6:16) 24-Dick Shiner ran to NED 6 for 6 yards. Tackle by 28-Eric Kaiser.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>NED 6</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-NED 6 (5:40) 2-Daniel Taylor 24 yard field goal is GOOD. BUF 38-Bryon Toussaint was injured on the play. BUF 3 NED 0</t>
   </si>
   <si>
-    <t>#16 Anthony Carrillo - QB</t>
+    <t>#4 Anthony Carrillo - QB</t>
   </si>
   <si>
     <t>#38 Bryon Toussaint - SS</t>
   </si>
   <si>
     <t>#31 David Charles - CB</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>(5:38) 2-Daniel Taylor kicks 64 yards from BUF 35 to NED 1. 37-Ryan Guess to NED 19 for 18 yards. Tackle by 42-Henry Diamond.</t>
   </si>
   <si>
     <t>5:33</t>
   </si>
   <si>
     <t>NED 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-NED 19 (5:34) 15-Frank Despres pass complete to 13-Robert Cook to NED 19 for 1 yards. Tackle by 23-Ryan Cohen.</t>
   </si>
@@ -1049,51 +1049,51 @@
   <si>
     <t>2-8-BUF 19 (7:39) 44-Justin Lehman ran to BUF 14 for 5 yards. Tackle by 52-Ruben Brown.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>BUF 14</t>
   </si>
   <si>
     <t>3-2-BUF 14 (6:54) 35-Kenneth Brown ran to BUF 11 for 3 yards. 35-Kenneth Brown FUMBLES (22-Thomas Sullivan) recovered by BUF-22-Thomas Sullivan at BUF 11. Tackle by 57-Lloyd Dobson.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>BUF 11</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 11 (6:50) PENALTY - False Start (BUF 60-Glen Bowen)</t>
   </si>
   <si>
-    <t>#70 Richard Aguilar - DT</t>
+    <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>BUF 6</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-15-BUF 6 (6:50) 5-Kendrick Sweet pass Pass knocked down by 51-Bernard Shiver. incomplete, intended for 87-Carl Burdette. 91-Jim Vazquez got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-15-BUF 6 (6:47) 5-Kendrick Sweet pass complete to 43-Nicholas Garcia to BUF 14 for 8 yards. Tackle by 23-Mack Garrison.</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
@@ -2214,51 +2214,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>