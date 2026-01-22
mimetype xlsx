--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -557,51 +557,51 @@
   <si>
     <t>#20 Nicholas Garcia - RB</t>
   </si>
   <si>
     <t>#41 Garrett McCauley - FB</t>
   </si>
   <si>
     <t>#87 Carl Burdette - TE</t>
   </si>
   <si>
     <t>#83 Robert Roe - WR</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#60 Glen Bowen - LG</t>
   </si>
   <si>
     <t>#60 Arthur Crotts - C</t>
   </si>
   <si>
     <t>#57 Joseph Alston - RG</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - RT</t>
+    <t>#60 Howard Chaffins - LG</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>