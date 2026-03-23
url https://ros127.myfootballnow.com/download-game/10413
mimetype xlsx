--- v2 (2026-01-22)
+++ v3 (2026-03-23)
@@ -365,81 +365,81 @@
   <si>
     <t>#35 Kenneth Brown - FB</t>
   </si>
   <si>
     <t>#80 Jesse Darling - TE</t>
   </si>
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
   <si>
     <t>#81 Robert Cook - WR</t>
   </si>
   <si>
     <t>#74 William Kung - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
-    <t>#53 Oscar Osborne - RT</t>
+    <t>#63 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#96 Todd Mitchell - DT</t>
   </si>
   <si>
     <t>#67 Harold Edwards - DT</t>
   </si>
   <si>
     <t>#99 Ronald Wheeler - RDE</t>
   </si>
   <si>
     <t>#92 Burton Purvis - SLB</t>
   </si>
   <si>
     <t>#50 Larry Gray - MLB</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#21 Thomas Snyder - CB</t>
   </si>
   <si>
     <t>#37 Ryan Cohen - CB</t>
   </si>
   <si>
-    <t>#22 Thomas Sullivan - SS</t>
+    <t>#21 Thomas Sullivan - FS</t>
   </si>
   <si>
     <t>#42 Henry Diamond - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-NED 23 (14:53) 15-Frank Despres pass Pass knocked down by 57-Larry Gray. incomplete, intended for 86-William Eddins.</t>
   </si>
   <si>
     <t>#86 William Eddins - WR</t>
   </si>
   <si>
     <t>#26 Sidney Richardson - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#5 Kendrick Sweet - QB</t>
   </si>
   <si>
     <t>#20 Nicholas Garcia - RB</t>
   </si>
   <si>
     <t>#41 Garrett McCauley - FB</t>
   </si>
   <si>
     <t>#87 Carl Burdette - TE</t>
   </si>
   <si>
     <t>#83 Robert Roe - WR</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#60 Glen Bowen - LG</t>
   </si>
   <si>
     <t>#60 Arthur Crotts - C</t>
   </si>
   <si>
-    <t>#57 Joseph Alston - RG</t>
+    <t>#60 Joseph Alston - RG</t>
   </si>
   <si>
     <t>#60 Howard Chaffins - LG</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
@@ -1682,51 +1682,51 @@
   <si>
     <t>1-10-BUF 39 (8:56) 5-Kendrick Sweet pass complete to 83-Robert Roe to BUF 44 for 5 yards. Tackle by 51-Bernard Shiver.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>2-5-BUF 44 (8:12) 5-Kendrick Sweet pass complete to 87-Carl Burdette to NED 40 for 16 yards. Tackle by 91-Jim Vazquez. BUF 60-Glen Bowen was injured on the play.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>1-10-NED 40 (7:35) 5-Kendrick Sweet pass complete to 87-Carl Burdette to NED 38 for 2 yards. Tackle by 91-Jim Vazquez.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>2-8-NED 38 (7:00) 15-Marty Noland ran to NED 27 for 10 yards. Tackle by 48-Andrew Johnson.</t>
   </si>
   <si>
-    <t>#80 Eugene Murphy - TE</t>
+    <t>#89 Eugene Murphy - TE</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NED 27 (6:18) 15-Marty Noland ran to NED 20 for 8 yards. Tackle by 47-Adrian Leming.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>2-2-NED 20 (5:35) 5-Kendrick Sweet ran to NED 9 for 10 yards. 5-Kendrick Sweet slides to avoid being hit.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>NED 9</t>
   </si>
   <si>
     <t>1-9-NED 9 (5:10) 5-Kendrick Sweet pass complete to 24-Dick Shiner to NED 11 for -1 yards. 24-Dick Shiner FUMBLES (23-Mack Garrison) recovered by NED-29-Michael Ellison for 89 yards. TOUCHDOWN! BUF 3 NED 23</t>
   </si>
@@ -1778,51 +1778,51 @@
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>(2:35) 10-George Blakely kicks 67 yards from NED 35 to BUF -2. 88-Robert Shiflet to BUF 27 for 30 yards. Tackle by 23-Mack Garrison.</t>
   </si>
   <si>
     <t>2:30</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>1-10-BUF 27 (2:31) 5-Kendrick Sweet pass complete to 43-Nicholas Garcia to BUF 29 for 2 yards. Tackle by 91-Jim Vazquez. BUF 73-Howard Chaffins was injured on the play.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>2-8-BUF 29 (2:12) 5-Kendrick Sweet pass complete to 83-Robert Roe to BUF 33 for 3 yards. Tackle by 49-Miguel Ruiz.</t>
   </si>
   <si>
-    <t>#67 John Serrano - LT</t>
+    <t>#62 John Serrano - LT</t>
   </si>
   <si>
     <t>3-5-BUF 33 (2:00) 5-Kendrick Sweet pass Pass knocked down by 47-Adrian Leming. incomplete, intended for 24-Dick Shiner. Pressure by 91-Jim Vazquez.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>4-5-BUF 33 (1:56) 16-Raymond Roberts punts 42 yards to NED 25. Fair Catch by 13-Robert Cook.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>1-10-NED 25 (1:49) 37-Ryan Guess ran to NED 33 for 8 yards. Tackle by 42-Henry Diamond.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>2-2-NED 33 (1:08) 44-Justin Lehman ran to NED 35 for 1 yards. Tackle by 96-Todd Mitchell.</t>
   </si>