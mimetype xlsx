--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Robert Nelson kicks 75 yards from TBY 35 to LAN -10. Touchback.</t>
   </si>
   <si>
-    <t>#32 Robert Malloy - RB</t>
+    <t>#44 Robert Malloy - RB</t>
   </si>
   <si>
     <t>#98 Alan Cornett - SLB</t>
   </si>
   <si>
     <t>#65 Michael Berg - DT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#99 Mack Corr - LDE</t>
   </si>
   <si>
     <t>#26 Morris Monroe - CB</t>
   </si>
   <si>
     <t>#24 Michael Hereford - FS</t>
   </si>
   <si>
     <t>#99 Barry Waters - RDE</t>
   </si>
   <si>
     <t>#33 Anthony Louviere - CB</t>
   </si>
@@ -338,51 +338,51 @@
   <si>
     <t>#12 Robert Nelson - K</t>
   </si>
   <si>
     <t>LAN</t>
   </si>
   <si>
     <t>LAN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) PENALTY - False Start (LAN 78-Randall Montgomery)</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#83 Jeffrey Ramirez - TE</t>
   </si>
   <si>
-    <t>#87 David Palmer - WR</t>
+    <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#84 David George - WR</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#54 John Holmquist - RG</t>
   </si>
   <si>
     <t>#78 Randall Montgomery - RT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>LAN 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-LAN 27 (12:49) 19-Matthew Guzzi punts 45 yards to TBY 28. Fair Catch by 12-Ivan Perkins.</t>
   </si>
   <si>
     <t>#19 Matthew Guzzi - P</t>
   </si>
   <si>
     <t>#12 Ivan Perkins - WR</t>
   </si>
   <si>
     <t>#31 Rodney Adams - FS</t>
   </si>
   <si>
-    <t>#62 Dean Williams - LT</t>
+    <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
     <t>#94 Kelvin Hernandez - SLB</t>
   </si>
   <si>
     <t>#96 James Brandt - MLB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TBY 28 (12:42) 18-David Gassaway ran to TBY 30 for 3 yards. Tackle by 53-Kevin Hayes.</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#84 Andrew Riggs - TE</t>
   </si>
   <si>
     <t>#81 Malcolm Jackson - TE</t>
   </si>
   <si>
     <t>#45 Jeremiah Miller - FB</t>
   </si>
   <si>
     <t>#70 Manuel Payson - LT</t>
   </si>
   <si>
     <t>#60 Richard Morrison - LG</t>
   </si>
   <si>
     <t>#58 Albert Landers - C</t>
   </si>
   <si>
     <t>#58 Charles Crutchfield - RG</t>
   </si>
   <si>
     <t>#51 Kirk Gelman - RT</t>
   </si>
   <si>
-    <t>#69 John Montgomery - DT</t>
+    <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#97 David Johnson - SLB</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
   <si>
     <t>#31 Fermin Warner - SS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-TBY 30 (11:58) 9-Gary Radke pass complete to 18-David Gassaway to TBY 43 for 13 yards. Tackle by 26-Morris Monroe. PENALTY - Facemask (LAN 26-Morris Monroe)</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>LAN 46</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-LAN 46 (0:13) 15-Gary King pass complete to 21-Walter Harmon to TBY 43 for 11 yards. Tackle by 99-Gale Walker. 99-Gale Walker got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>1-10-TBY 43 (15:00) 15-Gary King pass complete to 39-Denny Jones to TBY 37 for 6 yards. Tackle by 23-Pedro Deese. LAN 70-Robert Ring was injured on the play. He looks like he should be able to return. TBY 50-Ryan Harden was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#16 Walter Christian - WR</t>
+    <t>#7 Walter Christian - WR</t>
   </si>
   <si>
     <t>#26 Alex Baker - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>TBY 37</t>
   </si>
   <si>
     <t>2-4-TBY 37 (14:26) 23-Robert Malloy ran to TBY 28 for 10 yards. Tackle by 30-Gordon Aguayo.</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-TBY 28 (13:50) 15-Gary King pass complete to 39-Denny Jones to TBY 17 for 11 yards. Pushed out of bounds by 52-Todd Johnson. Nice job by 39-Denny Jones on that route to lose his coverage.</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>TBY 2</t>
   </si>
   <si>
     <t>3-2-TBY 2 (10:27) 15-Gary King pass complete to 23-Robert Malloy for 2 yards. TOUCHDOWN! 23-Robert Malloy did some fancy footwork there. LAN 78-Randall Montgomery was injured on the play. He looks like he should be able to return. LAN 6 TBY 3</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(10:23) Extra point GOOD by 5-Jerry Carroll. LAN 62-Dean Williams was injured on the play. He looks like he should be able to return. LAN 7 TBY 3</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
-    <t>#75 Christopher White - LG</t>
+    <t>#62 Christopher White - LG</t>
   </si>
   <si>
     <t>(10:23) 5-Jerry Carroll kicks 71 yards from LAN 35 to TBY -6. Touchback.</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 25 (10:23) 18-David Gassaway ran to TBY 26 for 1 yards. Tackle by 51-Harold Coria.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-9-TBY 26 (9:44) 9-Gary Radke pass complete to 81-Malcolm Jackson to TBY 31 for 5 yards. Tackle by 57-Wayne Keith. Pressure by 74-Ricky Santos.</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>4-5-TBY 47 (6:30) 6-Terry Blaisdell punts 45 yards to LAN 7.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>LAN 7</t>
   </si>
   <si>
     <t>1-10-LAN 7 (6:23) 23-Robert Malloy ran to LAN 13 for 6 yards. Tackle by 23-Pedro Deese.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>LAN 13</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-LAN 13 (5:47) 23-Robert Malloy ran to LAN 23 for 10 yards. Tackle by 31-Rodney Adams.</t>
   </si>
   <si>
-    <t>#72 Justin Ford - RG</t>
+    <t>#63 Justin Ford - RG</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>LAN 23</t>
   </si>
   <si>
     <t>1-10-LAN 23 (5:01) 15-Gary King pass Pass knocked down by 20-Alfredo McCormick. incomplete, intended for 39-Denny Jones.</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-LAN 23 (4:58) 15-Gary King pass Pass knocked down by 65-Jason Williams. incomplete, intended for 21-Walter Harmon.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-10-LAN 23 (4:56) 15-Gary King pass incomplete, dropped by 83-Jeffrey Ramirez.</t>
   </si>
@@ -2190,109 +2190,109 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="355.056" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">