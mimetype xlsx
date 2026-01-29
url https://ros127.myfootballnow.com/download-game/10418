--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -419,51 +419,51 @@
   <si>
     <t>LAN 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-15-LAN 20 (15:00) 23-Robert Malloy ran to LAN 22 for 2 yards. Tackle by 99-Gale Walker.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#21 Walter Harmon - FB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#95 Ronald Wolf - LDE</t>
   </si>
   <si>
-    <t>#54 Johnnie Hanson - DT</t>
+    <t>#60 Johnnie Hanson - DT</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>LAN 22</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-13-LAN 22 (14:17) 15-Gary King pass complete to 21-Walter Harmon to LAN 24 for 2 yards. Tackle by 99-Gale Walker.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>LAN 24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>TBY 2</t>
   </si>
   <si>
     <t>3-2-TBY 2 (10:27) 15-Gary King pass complete to 23-Robert Malloy for 2 yards. TOUCHDOWN! 23-Robert Malloy did some fancy footwork there. LAN 78-Randall Montgomery was injured on the play. He looks like he should be able to return. LAN 6 TBY 3</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(10:23) Extra point GOOD by 5-Jerry Carroll. LAN 62-Dean Williams was injured on the play. He looks like he should be able to return. LAN 7 TBY 3</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
-    <t>#62 Christopher White - LG</t>
+    <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>(10:23) 5-Jerry Carroll kicks 71 yards from LAN 35 to TBY -6. Touchback.</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 25 (10:23) 18-David Gassaway ran to TBY 26 for 1 yards. Tackle by 51-Harold Coria.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-9-TBY 26 (9:44) 9-Gary Radke pass complete to 81-Malcolm Jackson to TBY 31 for 5 yards. Tackle by 57-Wayne Keith. Pressure by 74-Ricky Santos.</t>
   </si>