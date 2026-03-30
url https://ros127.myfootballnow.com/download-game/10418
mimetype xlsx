--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -416,51 +416,51 @@
   <si>
     <t>#30 Gordon Aguayo - FS</t>
   </si>
   <si>
     <t>LAN 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-15-LAN 20 (15:00) 23-Robert Malloy ran to LAN 22 for 2 yards. Tackle by 99-Gale Walker.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#21 Walter Harmon - FB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
-    <t>#95 Ronald Wolf - LDE</t>
+    <t>#95 Ronald Wolf - RDE</t>
   </si>
   <si>
     <t>#60 Johnnie Hanson - DT</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>LAN 22</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-13-LAN 22 (14:17) 15-Gary King pass complete to 21-Walter Harmon to LAN 24 for 2 yards. Tackle by 99-Gale Walker.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>LAN 24</t>
   </si>
@@ -512,99 +512,99 @@
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TBY 28 (12:42) 18-David Gassaway ran to TBY 30 for 3 yards. Tackle by 53-Kevin Hayes.</t>
   </si>
   <si>
     <t>#9 Gary Radke - QB</t>
   </si>
   <si>
     <t>#18 David Gassaway - RB</t>
   </si>
   <si>
     <t>#82 James Valdez - RB</t>
   </si>
   <si>
     <t>#84 Andrew Riggs - TE</t>
   </si>
   <si>
-    <t>#81 Malcolm Jackson - TE</t>
+    <t>#80 Malcolm Jackson - TE</t>
   </si>
   <si>
     <t>#45 Jeremiah Miller - FB</t>
   </si>
   <si>
     <t>#70 Manuel Payson - LT</t>
   </si>
   <si>
     <t>#60 Richard Morrison - LG</t>
   </si>
   <si>
     <t>#58 Albert Landers - C</t>
   </si>
   <si>
     <t>#58 Charles Crutchfield - RG</t>
   </si>
   <si>
     <t>#51 Kirk Gelman - RT</t>
   </si>
   <si>
     <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#97 David Johnson - SLB</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
   <si>
     <t>#31 Fermin Warner - SS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-TBY 30 (11:58) 9-Gary Radke pass complete to 18-David Gassaway to TBY 43 for 13 yards. Tackle by 26-Morris Monroe. PENALTY - Facemask (LAN 26-Morris Monroe)</t>
   </si>
   <si>
-    <t>#83 Daniel White - WR</t>
+    <t>#19 Daniel White - WR</t>
   </si>
   <si>
     <t>#10 Dean Collins - WR</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>LAN 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-LAN 42 (11:53) 18-David Gassaway ran to LAN 33 for 9 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>LAN 33</t>
   </si>
@@ -962,51 +962,51 @@
   <si>
     <t>TBY 3</t>
   </si>
   <si>
     <t>2-3-TBY 3 (11:07) 23-Robert Malloy ran to TBY 2 for 1 yards. Tackle by 37-Byron Monroe.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>TBY 2</t>
   </si>
   <si>
     <t>3-2-TBY 2 (10:27) 15-Gary King pass complete to 23-Robert Malloy for 2 yards. TOUCHDOWN! 23-Robert Malloy did some fancy footwork there. LAN 78-Randall Montgomery was injured on the play. He looks like he should be able to return. LAN 6 TBY 3</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(10:23) Extra point GOOD by 5-Jerry Carroll. LAN 62-Dean Williams was injured on the play. He looks like he should be able to return. LAN 7 TBY 3</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
     <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>(10:23) 5-Jerry Carroll kicks 71 yards from LAN 35 to TBY -6. Touchback.</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 25 (10:23) 18-David Gassaway ran to TBY 26 for 1 yards. Tackle by 51-Harold Coria.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
@@ -1472,51 +1472,51 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TBY 42 (4:22) 18-David Gassaway ran to TBY 46 for 5 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-5-TBY 46 (3:43) 9-Gary Radke pass complete to 85-William Bath to LAN 46 for 7 yards. Tackle by 53-Kevin Hayes. TBY 75-Charles Crutchfield was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Christopher Williams - RB</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>1-10-LAN 46 (3:00) 18-David Gassaway ran to LAN 38 for 8 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
-    <t>#67 Donald Boyer - RG</t>
+    <t>#69 Donald Boyer - RG</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>2-2-LAN 38 (2:21) 85-William Bath ran to LAN 37 for 2 yards. Tackle by 51-Harold Coria.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>LAN 37</t>
   </si>
   <si>
     <t>3-1-LAN 37 (1:43) 18-David Gassaway ran to LAN 35 for 1 yards. Tackle by 74-Ricky Santos.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-LAN 35 (1:06) 18-David Gassaway ran to LAN 36 for a short loss. Tackle by 68-Val Harris.</t>
   </si>