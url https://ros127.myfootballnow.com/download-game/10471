--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -311,51 +311,51 @@
   <si>
     <t>#60 Frederic Bravo - RDE</t>
   </si>
   <si>
     <t>#32 David Tolbert - CB</t>
   </si>
   <si>
     <t>#45 Nelson Tellier - MLB</t>
   </si>
   <si>
     <t>#53 Kenneth Hatton - MLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#51 Rick Luu - DT</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
-    <t>#68 Michael Neil - LDE</t>
+    <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#3 George Blakely - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 19-Richard Welch pass Pass knocked down by 33-Jamar Wells. incomplete, intended for 18-Mark Kelso.</t>
   </si>
   <si>
     <t>#19 Richard Welch - QB</t>
   </si>
   <si>
     <t>#30 Jason Jean - RB</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#55 Carl Pickett - RG</t>
   </si>
   <si>
     <t>#61 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#76 Brooks Michaud - LDE</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
   <si>
-    <t>#38 Jamar Wells - SS</t>
+    <t>#96 Jamar Wells - WLB</t>
   </si>
   <si>
     <t>#48 Andrew Johnson - CB</t>
   </si>
   <si>
     <t>#29 Michael Ellison - CB</t>
   </si>
   <si>
     <t>#23 Mack Garrison - SS</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-KCY 25 (14:58) 42-Jason Jean ran to KCY 33 for 8 yards. Tackle by 33-Jamar Wells.</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>1-10-KCY 43 (13:26) 42-Jason Jean ran to NED 48 for 9 yards. Tackle by 67-Kyle Ladouceur.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>NED 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-NED 48 (12:49) 42-Jason Jean ran to NED 49 for -1 yards. Tackle by 47-Adrian Leming.</t>
   </si>
   <si>
     <t>#47 Steven Mayhugh - RB</t>
   </si>
   <si>
     <t>#89 Salvatore Finley - TE</t>
   </si>
   <si>
-    <t>#52 Bruce Young - LDE</t>
+    <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-2-NED 49 (12:05) 42-Jason Jean ran to NED 43 for 6 yards. Tackle by 23-Mack Garrison.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>NED 43</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -605,108 +605,108 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NED 21 (7:41) 30-James Peterson ran to NED 20 for 1 yards. Tackle by 91-Jim Vazquez. 87-Wayne McCann missed that block completely.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>NED 20</t>
   </si>
   <si>
     <t>2-9-NED 20 (6:59) 30-James Peterson ran to NED 10 for 10 yards. Tackle by 76-Brooks Michaud. NED 90-Jeffrey Kelly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>NED 10</t>
   </si>
   <si>
     <t>1-10-NED 10 (6:23) 42-Jason Jean ran to NED 4 for 5 yards. Tackle by 51-Bernard Shiver.</t>
   </si>
   <si>
-    <t>#70 Richard Aguilar - DT</t>
+    <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>NED 4</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-4-NED 4 (5:46) 19-Richard Welch pass complete to 18-Mark Kelso for 4 yards. TOUCHDOWN! KCY 6 NED 0</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:43) Extra point GOOD by 9-Timothy Martone. KCY 7 NED 0</t>
   </si>
   <si>
     <t>#9 Timothy Martone - K</t>
   </si>
   <si>
-    <t>#65 Donald Lloyd - RT</t>
+    <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>#72 Jeffery McNeely - LT</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#54 Joseph Perez - SLB</t>
   </si>
   <si>
-    <t>#76 Michael Terry - RDE</t>
+    <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(5:43) 9-Timothy Martone kicks 74 yards from KCY 35 to NED -9. Touchback.</t>
   </si>
   <si>
-    <t>#36 Eugene Fortner - RB</t>
+    <t>#37 Eugene Fortner - RB</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NED 25 (5:43) 15-Frank Despres pass complete to 36-Eugene Fortner to NED 27 for 2 yards. Tackle by 32-David Tolbert.</t>
   </si>
   <si>
     <t>#15 Frank Despres - QB</t>
   </si>
   <si>
     <t>#40 Leo Valdez - FB</t>
   </si>
   <si>
     <t>#80 Jesse Darling - TE</t>
   </si>
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>#74 William Kung - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
     <t>#53 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#93 Nicolas Bayne - RDE</t>
   </si>
   <si>
     <t>#21 Thomas Hay - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
-    <t>#43 Justin Bishop - FS</t>
+    <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-NED 27 (4:58) 40-Leo Valdez ran to NED 29 for 2 yards. Tackle by 93-Nicolas Bayne.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-6-NED 29 (4:23) 15-Frank Despres pass complete to 20-Clarence Carlton to NED 38 for 9 yards. Tackle by 45-Nelson Tellier.</t>
   </si>