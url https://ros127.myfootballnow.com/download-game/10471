--- v1 (2025-12-27)
+++ v2 (2026-03-27)
@@ -290,51 +290,51 @@
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-George Blakely kicks 74 yards from NED 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>#88 James Gilliard - WR</t>
   </si>
   <si>
     <t>#90 Donald Stokes - DT</t>
   </si>
   <si>
     <t>#60 Frederic Bravo - RDE</t>
   </si>
   <si>
-    <t>#32 David Tolbert - CB</t>
+    <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#45 Nelson Tellier - MLB</t>
   </si>
   <si>
     <t>#53 Kenneth Hatton - MLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#51 Rick Luu - DT</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
     <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#3 George Blakely - K</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-2-NED 49 (12:05) 42-Jason Jean ran to NED 43 for 6 yards. Tackle by 23-Mack Garrison.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>NED 43</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NED 43 (11:27) 19-Richard Welch pass complete to 30-James Peterson to NED 43 for a short gain. Tackle by 51-Bernard Shiver.</t>
   </si>
   <si>
-    <t>#30 James Peterson - RB</t>
+    <t>#44 James Peterson - RB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-NED 43 (10:45) 42-Jason Jean ran to NED 33 for 10 yards. Tackle by 42-Douglas Smith.</t>
   </si>
   <si>
     <t>#96 Stephen Rahman - MLB</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>NED 33</t>
   </si>
@@ -641,54 +641,54 @@
   <si>
     <t>2-4-NED 4 (5:46) 19-Richard Welch pass complete to 18-Mark Kelso for 4 yards. TOUCHDOWN! KCY 6 NED 0</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:43) Extra point GOOD by 9-Timothy Martone. KCY 7 NED 0</t>
   </si>
   <si>
     <t>#9 Timothy Martone - K</t>
   </si>
   <si>
     <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
-    <t>#72 Jeffery McNeely - LT</t>
-[...2 lines deleted...]
-    <t>#96 Danny Samuels - SLB</t>
+    <t>#60 Jeffery McNeely - C</t>
+  </si>
+  <si>
+    <t>#59 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#54 Joseph Perez - SLB</t>
   </si>
   <si>
     <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(5:43) 9-Timothy Martone kicks 74 yards from KCY 35 to NED -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Eugene Fortner - RB</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -704,51 +704,51 @@
   <si>
     <t>#40 Leo Valdez - FB</t>
   </si>
   <si>
     <t>#80 Jesse Darling - TE</t>
   </si>
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
   <si>
     <t>#81 Robert Cook - WR</t>
   </si>
   <si>
     <t>#74 William Kung - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
-    <t>#53 Oscar Osborne - RT</t>
+    <t>#63 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#93 Nicolas Bayne - RDE</t>
   </si>
   <si>
     <t>#21 Thomas Hay - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>