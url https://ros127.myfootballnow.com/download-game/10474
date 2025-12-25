--- v0 (2025-10-27)
+++ v1 (2025-12-25)
@@ -299,105 +299,105 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 88-James Caston kicks 46 yards from CIN 35 to CLE 19. 16-James Weber to CLE 34 for 16 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>#53 Michael Lewis - MLB</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
-    <t>#58 Travis Perez - MLB</t>
+    <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#38 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#64 Randy Crofts - DT</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 34 (14:58) 22-Michael Duncan ran to CLE 35 for 1 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#27 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
-    <t>#69 Joseph Peters - LT</t>
+    <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#50 Ray Smith - C</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
   <si>
     <t>#70 Sean Lillibridge - DT</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#93 Ian Byrd - RDE</t>
   </si>
@@ -596,102 +596,102 @@
   <si>
     <t>#21 John Freeman - CB</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 24 (9:18) 12-Ervin Scalf pass complete to 30-Thomas Knauss to CIN 24 for 1 yards. Tackle by 33-Vincent McDonald.</t>
   </si>
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
     <t>#30 Thomas Knauss - RB</t>
   </si>
   <si>
     <t>#24 John Davis - FB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
-    <t>#18 Jason Pino - WR</t>
+    <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>#83 Jason Gage - WR</t>
   </si>
   <si>
     <t>#69 Richard Amedee - LT</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
     <t>#59 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
   <si>
     <t>#90 Joseph Baccus - DT</t>
   </si>
   <si>
     <t>#95 Peter Goodman - RDE</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-CIN 24 (8:42) 12-Ervin Scalf pass complete to 30-Thomas Knauss to CIN 27 for 2 yards. Tackle by 46-Stephen Deans.</t>
   </si>
   <si>
-    <t>#30 Keith Street - RB</t>
+    <t>#13 Keith Street - RB</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>CIN 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-7-CIN 27 (8:05) 12-Ervin Scalf pass complete to 17-Lawrence Alvarez to CIN 30 for 3 yards. Tackle by 46-Stephen Deans. PENALTY - Pass Interference (CLE 38-Aaron Anderson)</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>CIN 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
@@ -941,51 +941,51 @@
   <si>
     <t>CIN 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CIN 39 (13:43) 30-Thomas Knauss ran to CLE 42 for 19 yards. Tackle by 33-Vincent McDonald.</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CLE 42 (13:06) 35-Keith Street ran to CLE 44 for -1 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
-    <t>#27 Matthew Driver - RB</t>
+    <t>#12 Matthew Driver - RB</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>CLE 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-11-CLE 44 (12:23) 35-Keith Street ran to CLE 48 for -4 yards. Tackle by 75-Joseph Shelton. 40-John Davis was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
@@ -1409,51 +1409,51 @@
   <si>
     <t>4-10-CIN 35 (5:36) 4-Kevin Collins 52 yard field goal is GOOD. CIN 0 CLE 12</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>(5:33) 4-Kevin Collins kicks 74 yards from CLE 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-CIN 25 (5:33) 12-Ervin Scalf pass complete to 17-Lawrence Alvarez to CIN 28 for 3 yards. Tackle by 38-Aaron Anderson.</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>2-7-CIN 28 (4:48) 12-Ervin Scalf pass complete to 88-James Caston to CLE 50 for 22 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
     <t>CLE 50</t>
   </si>
   <si>
     <t>1-10-CLE 50 (4:10) 12-Ervin Scalf pass incomplete, intended for 30-Thomas Knauss. CLE 76-George Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#6 Gabriel Hindman - CB</t>
+    <t>#21 Gabriel Hindman - CB</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>2-10-CLE 50 (4:06) 12-Ervin Scalf pass Pass knocked down by 57-Joseph Pulliam. incomplete, intended for 30-Thomas Knauss.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>3-10-CLE 50 (4:03) 35-Keith Street ran to CLE 49 for 1 yards. Tackle by 57-Joseph Pulliam.</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>4-9-CLE 49 (3:19) 4-Mark Christian punts 43 yards to CLE 6. Fair Catch by 16-James Weber.</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
@@ -2215,51 +2215,51 @@
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">