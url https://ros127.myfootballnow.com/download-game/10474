--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -305,126 +305,126 @@
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>#53 Michael Lewis - MLB</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
     <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
-    <t>#38 Aaron Anderson - CB</t>
+    <t>#29 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#64 Randy Crofts - DT</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 34 (14:58) 22-Michael Duncan ran to CLE 35 for 1 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
-    <t>#27 Patrick McCord - FB</t>
+    <t>#40 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
-    <t>#71 Joseph Peters - LT</t>
-[...2 lines deleted...]
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Joseph Peters - LT</t>
+  </si>
+  <si>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
-    <t>#52 Dante Gilbert - RT</t>
+    <t>#72 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
   <si>
     <t>#70 Sean Lillibridge - DT</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#93 Ian Byrd - RDE</t>
   </si>
   <si>
-    <t>#45 Fernando Green - SLB</t>
+    <t>#79 Fernando Green - LDE</t>
   </si>
   <si>
     <t>#44 Teddy Brownell - MLB</t>
   </si>
   <si>
     <t>#92 Heath Richardson - MLB</t>
   </si>
   <si>
     <t>#21 Bernie Brady - CB</t>
   </si>
   <si>
     <t>#22 Martin Thorton - CB</t>
   </si>
   <si>
     <t>#32 Wayne Swinford - SS</t>
   </si>
   <si>
     <t>#36 Kevin Froelich - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
@@ -608,66 +608,66 @@
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
     <t>#30 Thomas Knauss - RB</t>
   </si>
   <si>
     <t>#24 John Davis - FB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>#83 Jason Gage - WR</t>
   </si>
   <si>
     <t>#69 Richard Amedee - LT</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
   <si>
-    <t>#90 Joseph Baccus - DT</t>
+    <t>#68 Joseph Baccus - DT</t>
   </si>
   <si>
     <t>#95 Peter Goodman - RDE</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-CIN 24 (8:42) 12-Ervin Scalf pass complete to 30-Thomas Knauss to CIN 27 for 2 yards. Tackle by 46-Stephen Deans.</t>
   </si>
   <si>
     <t>#13 Keith Street - RB</t>
   </si>