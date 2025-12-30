--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -287,114 +287,114 @@
   <si>
     <t>CHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Chad  Butler kicks 75 yards from DET 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#36 Phillip Collins - RB</t>
   </si>
   <si>
     <t>#89 Michael Dysart - WR</t>
   </si>
   <si>
-    <t>#98 Ricky Parkhill - MLB</t>
+    <t>#48 Ricky Parkhill - WLB</t>
   </si>
   <si>
     <t>#27 Todd Andrews - SS</t>
   </si>
   <si>
     <t>#69 Casey Hall - LDE</t>
   </si>
   <si>
     <t>#21 Robert Stocking - FS</t>
   </si>
   <si>
     <t>#37 Christopher Shields - CB</t>
   </si>
   <si>
     <t>#97 Santiago Ramirez - LDE</t>
   </si>
   <si>
-    <t>#95 Mario Jones - RDE</t>
+    <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#90 Herman Carlsen - LDE</t>
   </si>
   <si>
     <t>#96 Dustin Brackett - MLB</t>
   </si>
   <si>
     <t>#18 Chad  Butler - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 36-Phillip Collins ran to CHI 34 for 9 yards. Tackle by 46-Franklin Brown.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
   <si>
     <t>#80 William Glass - TE</t>
   </si>
   <si>
     <t>#82 Donald West - WR</t>
   </si>
   <si>
     <t>#50 Peter McSweeney - LT</t>
   </si>
   <si>
     <t>#54 Aaron Gibson - LG</t>
   </si>
   <si>
-    <t>#67 Juan Davidson - C</t>
+    <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#65 Matthew Grant - RG</t>
   </si>
   <si>
     <t>#51 Robert Davis - RT</t>
   </si>
   <si>
     <t>#62 Frank Tyner - RDE</t>
   </si>
   <si>
     <t>#90 Stephen Edens - DT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
     <t>#59 Michael Thomas - MLB</t>
   </si>
@@ -434,54 +434,54 @@
   <si>
     <t>CHI 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-CHI 40 (13:36) 5-Seth Wallen pass complete to 80-William Glass to CHI 45 for 5 yards. Tackle by 59-Michael Thomas.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>CHI 45</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-5-CHI 45 (13:01) 5-Seth Wallen pass complete to 23-Clifton Crabtree to DET 37 for 18 yards.</t>
   </si>
   <si>
-    <t>#20 Michael Daniels - RB</t>
-[...2 lines deleted...]
-    <t>#85 Donald Russell - TE</t>
+    <t>#49 Michael Daniels - WR</t>
+  </si>
+  <si>
+    <t>#30 Donald Russell - WR</t>
   </si>
   <si>
     <t>#64 Walter Stanford - LDE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>DET 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-DET 37 (12:15) 36-Phillip Collins ran to DET 39 for -2 yards. Tackle by 55-Jeffrey McDonald.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>DET 39</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#39 Leroy Rollins - RB</t>
   </si>
   <si>
     <t>#63 Jeffrey Biehl - LDE</t>
   </si>
   <si>
     <t>#96 Kip Sullivan - DT</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DET 25 (10:57) 15-Scott Spicer pass complete to 88-Marvin Crawford to DET 29 for 4 yards. Tackle by 48-John Wilson.</t>
   </si>
   <si>
     <t>#15 Scott Spicer - QB</t>
   </si>
   <si>
-    <t>#82 Brent Miller - TE</t>
+    <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#88 Marvin Crawford - WR</t>
   </si>
   <si>
     <t>#80 Brad White - WR</t>
   </si>
   <si>
     <t>#70 David McNally - LT</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#77 Kirby Cramer - C</t>
   </si>
   <si>
     <t>#52 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#58 Scott Causey - RT</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-3-DET 44 (9:04) 39-Leroy Rollins ran to CHI 45 for 11 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>#99 Michael Williams - MLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CHI 45 (8:27) 15-Scott Spicer pass complete to 82-Brent Miller to CHI 38 for 7 yards. Tackle by 52-Bryan Taylor. Great move by 82-Brent Miller to get free of his coverage.</t>
   </si>
   <si>
     <t>#35 Robert Rios - RB</t>
   </si>
   <si>
     <t>#43 Ernest Fletcher - RB</t>
   </si>
   <si>
-    <t>#89 Joesph Blow - TE</t>
+    <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-CHI 38 (7:43) 39-Leroy Rollins ran to CHI 36 for 3 yards. Tackle by 99-Michael Williams.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-CHI 36 (7:08) 35-Robert Rios ran to CHI 23 for 13 yards. Tackle by 29-Robert Stocking.</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>CHI 8</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-1-CHI 8 (5:15) 39-Leroy Rollins ran to CHI 8 for a short gain. Tackle by 59-Mark Walker.</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>4-1-CHI 8 (4:37) 18-Chad  Butler 26 yard field goal is GOOD. DET 35-Robert Rios was injured on the play. He looks like he should be able to return. CHI 3 DET 3</t>
   </si>
   <si>
     <t>#56 Timothy Bender - LT</t>
   </si>
   <si>
     <t>#90 Darryl Page - WLB</t>
   </si>
   <si>
-    <t>#71 Rex Dixon - DT</t>
+    <t>#90 Rex Dixon - DT</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>(4:35) 18-Chad  Butler kicks 70 yards from DET 35 to CHI -5. 36-Phillip Collins to CHI 29 for 35 yards. Tackle by 18-Chad  Butler.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>CHI 29</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 29 (4:29) 5-Seth Wallen pass complete to 86-Michael Daniels to CHI 38 for 9 yards. Tackle by 29-Corey Barrette.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>1-10-DET 33 (0:23) 5-Seth Wallen sacked at DET 41 for -8 yards (75-George McCoy). Sack allowed by 50-Peter McSweeney. 50-Peter McSweeney was completely beat on that play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>2-18-DET 41 (15:00) 5-Seth Wallen pass Pass knocked down by 54-Mitchell Poulin. incomplete, intended for 80-William Glass.</t>
   </si>
   <si>
-    <t>#38 James Wade - SS</t>
+    <t>#48 James Wade - SS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-18-DET 41 (14:56) 5-Seth Wallen pass complete to 89-Michael Dysart to DET 26 for 15 yards. Tackle by 59-Michael Thomas. DET 30-Daniel Hilton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>4-3-DET 26 (14:14) 10-Edgar Underhill 43 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>1-10-DET 33 (14:11) 15-Scott Spicer sacked at DET 26 for -7 yards (52-Bryan Taylor). Sack allowed by 31-Jose Sprouse.</t>
   </si>