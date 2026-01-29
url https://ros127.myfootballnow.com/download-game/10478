--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -377,51 +377,51 @@
   <si>
     <t>#65 Matthew Grant - RG</t>
   </si>
   <si>
     <t>#51 Robert Davis - RT</t>
   </si>
   <si>
     <t>#62 Frank Tyner - RDE</t>
   </si>
   <si>
     <t>#90 Stephen Edens - DT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
     <t>#59 Michael Thomas - MLB</t>
   </si>
   <si>
-    <t>#54 Mitchell Poulin - WLB</t>
+    <t>#90 Mitchell Poulin - WLB</t>
   </si>
   <si>
     <t>#29 Corey Barrette - CB</t>
   </si>
   <si>
     <t>#24 Dennis Embry - CB</t>
   </si>
   <si>
     <t>#30 Daniel Hilton - SS</t>
   </si>
   <si>
     <t>#46 Franklin Brown - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CHI 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>