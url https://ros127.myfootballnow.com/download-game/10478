--- v2 (2026-01-29)
+++ v3 (2026-02-28)
@@ -284,111 +284,111 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Chad  Butler kicks 75 yards from DET 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#36 Phillip Collins - RB</t>
   </si>
   <si>
-    <t>#89 Michael Dysart - WR</t>
+    <t>#89 Michael Dysart - RT</t>
   </si>
   <si>
     <t>#48 Ricky Parkhill - WLB</t>
   </si>
   <si>
     <t>#27 Todd Andrews - SS</t>
   </si>
   <si>
     <t>#69 Casey Hall - LDE</t>
   </si>
   <si>
     <t>#21 Robert Stocking - FS</t>
   </si>
   <si>
     <t>#37 Christopher Shields - CB</t>
   </si>
   <si>
     <t>#97 Santiago Ramirez - LDE</t>
   </si>
   <si>
     <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#90 Herman Carlsen - LDE</t>
   </si>
   <si>
     <t>#96 Dustin Brackett - MLB</t>
   </si>
   <si>
-    <t>#18 Chad  Butler - K</t>
+    <t>#3 Chad  Butler - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 36-Phillip Collins ran to CHI 34 for 9 yards. Tackle by 46-Franklin Brown.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
   <si>
     <t>#80 William Glass - TE</t>
   </si>
   <si>
     <t>#82 Donald West - WR</t>
   </si>
   <si>
-    <t>#50 Peter McSweeney - LT</t>
+    <t>#78 Peter McSweeney - LT</t>
   </si>
   <si>
     <t>#54 Aaron Gibson - LG</t>
   </si>
   <si>
     <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#65 Matthew Grant - RG</t>
   </si>
   <si>
     <t>#51 Robert Davis - RT</t>
   </si>
   <si>
     <t>#62 Frank Tyner - RDE</t>
   </si>
   <si>
     <t>#90 Stephen Edens - DT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
@@ -518,117 +518,117 @@
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-DET 31 (11:01) 10-Edgar Underhill 48 yard field goal is GOOD. CHI 3 DET 0</t>
   </si>
   <si>
     <t>#14 William Martin - QB</t>
   </si>
   <si>
     <t>#10 Edgar Underhill - K</t>
   </si>
   <si>
     <t>#64 William Sommer - DT</t>
   </si>
   <si>
     <t>#60 Gary Johnson - LG</t>
   </si>
   <si>
-    <t>#70 Thomas Oxford - RG</t>
+    <t>#54 Thomas Oxford - RG</t>
   </si>
   <si>
     <t>#75 John Clark - RDE</t>
   </si>
   <si>
     <t>#91 Eric Gibbs - WLB</t>
   </si>
   <si>
     <t>#50 Edward Jerry - MLB</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(10:57) 10-Edgar Underhill kicks 75 yards from CHI 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>#39 Leroy Rollins - RB</t>
   </si>
   <si>
-    <t>#63 Jeffrey Biehl - LDE</t>
+    <t>#67 Jeffrey Biehl - LDE</t>
   </si>
   <si>
     <t>#96 Kip Sullivan - DT</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DET 25 (10:57) 15-Scott Spicer pass complete to 88-Marvin Crawford to DET 29 for 4 yards. Tackle by 48-John Wilson.</t>
   </si>
   <si>
     <t>#15 Scott Spicer - QB</t>
   </si>
   <si>
     <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#88 Marvin Crawford - WR</t>
   </si>
   <si>
     <t>#80 Brad White - WR</t>
   </si>
   <si>
     <t>#70 David McNally - LT</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#77 Kirby Cramer - C</t>
   </si>
   <si>
-    <t>#52 Larry Pierson - RG</t>
+    <t>#50 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#58 Scott Causey - RT</t>
   </si>
   <si>
     <t>#51 Byron Powers - DT</t>
   </si>
   <si>
     <t>#59 Mark Walker - SLB</t>
   </si>
   <si>
     <t>#52 Bryan Taylor - WLB</t>
   </si>
   <si>
     <t>#26 William Metz - CB</t>
   </si>
   <si>
     <t>#49 Eric Mars - CB</t>
   </si>
   <si>
     <t>#48 John Wilson - CB</t>
   </si>
   <si>
     <t>#38 Thomas Price - SS</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>#76 Howard Sandoval - LT</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DET 37 (9:40) 15-Scott Spicer pass complete to 85-Benny Owen to DET 44 for 7 yards. Tackle by 26-William Metz. 85-Benny Owen made a great move on the CB.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-3-DET 44 (9:04) 39-Leroy Rollins ran to CHI 45 for 11 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
-    <t>#99 Michael Williams - MLB</t>
+    <t>#94 Michael Williams - MLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CHI 45 (8:27) 15-Scott Spicer pass complete to 82-Brent Miller to CHI 38 for 7 yards. Tackle by 52-Bryan Taylor. Great move by 82-Brent Miller to get free of his coverage.</t>
   </si>
   <si>
     <t>#35 Robert Rios - RB</t>
   </si>
   <si>
     <t>#43 Ernest Fletcher - RB</t>
   </si>
   <si>
     <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>