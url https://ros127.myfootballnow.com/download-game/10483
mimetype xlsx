--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -287,222 +287,222 @@
   <si>
     <t>GBY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Peter Campbell - WR</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
-    <t>#77 Kevin Williams - LDE</t>
-[...2 lines deleted...]
-    <t>#41 William Silva - SLB</t>
+    <t>#91 Kevin Williams - DT</t>
+  </si>
+  <si>
+    <t>#52 William Silva - SLB</t>
   </si>
   <si>
     <t>#74 Pedro Allen - DT</t>
   </si>
   <si>
     <t>#79 Grant Gravel - DT</t>
   </si>
   <si>
     <t>#37 Charles Hill - FS</t>
   </si>
   <si>
     <t>#26 Pedro Crump - SS</t>
   </si>
   <si>
-    <t>#75 Maurice Elliston - LDE</t>
+    <t>#56 Maurice Elliston - MLB</t>
   </si>
   <si>
     <t>#23 Kenneth Cale - CB</t>
   </si>
   <si>
-    <t>#42 Richard Williams - WLB</t>
+    <t>#44 Richard Williams - MLB</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 28-Edward Velez ran to GBY 26 for 1 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>#3 Arthur Grossman - QB</t>
   </si>
   <si>
     <t>#28 Edward Velez - RB</t>
   </si>
   <si>
     <t>#35 Richard Ortiz - FB</t>
   </si>
   <si>
     <t>#6 Rupert Johnson - WR</t>
   </si>
   <si>
     <t>#9 Donald Beasley - WR</t>
   </si>
   <si>
     <t>#66 Maurice Padgett - LT</t>
   </si>
   <si>
-    <t>#63 Steven Smith - RG</t>
+    <t>#60 Steven Smith - RG</t>
   </si>
   <si>
     <t>#57 David Simpson - C</t>
   </si>
   <si>
-    <t>#61 Lance Villanueva - RT</t>
-[...2 lines deleted...]
-    <t>#66 Dennis Wilson - RT</t>
+    <t>#76 Lance Villanueva - RG</t>
+  </si>
+  <si>
+    <t>#50 Dennis Wilson - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
+    <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
-    <t>#94 Michael May - MLB</t>
+    <t>#49 Michael May - SS</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-GBY 26 (14:18) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 32 for 6 yards. Tackle by 50-Michael May.</t>
   </si>
   <si>
     <t>#88 Joseph Wright - TE</t>
   </si>
   <si>
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-3-GBY 32 (13:43) 28-Edward Velez ran to GBY 39 for 7 yards. Tackle by 22-Daniel Noland. GBY 66-Dennis Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Michael Moore - TE</t>
   </si>
   <si>
     <t>#89 Omar Rosamond - TE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>GBY 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-GBY 39 (13:05) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 42 for 3 yards. Tackle by 50-Michael May.</t>
   </si>
   <si>
     <t>#67 Martin Blue - RT</t>
   </si>
   <si>
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>GBY 42</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-7-GBY 42 (12:26) 12-Arthur Grossman pass complete to 6-Rupert Johnson to MIN 35 for 24 yards.</t>
   </si>
   <si>
     <t>#41 Stanton Spain - RB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
@@ -542,63 +542,63 @@
   <si>
     <t>#91 Phillip Thomas - LDE</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>MIN 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-MIN 28 (9:45) 3-Wilson Prather 46 yard field goal is GOOD. MIN 0 GBY 3</t>
   </si>
   <si>
     <t>#1 Robert Robertson - P</t>
   </si>
   <si>
     <t>#60 George Nolan - LG</t>
   </si>
   <si>
-    <t>#3 Wilson Prather - K</t>
+    <t>#10 Wilson Prather - K</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#88 George Colon - TE</t>
   </si>
   <si>
-    <t>#87 Fred Jones - TE</t>
+    <t>#43 Fred Jones - RB</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(9:41) 3-Wilson Prather kicks 65 yards from GBY 35 to MIN 0. 10-Paul Worthy to MIN 19 for 19 yards. Tackle by 33-Pedro Crump.</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
@@ -620,66 +620,66 @@
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
-    <t>#72 Gerald Smith - DT</t>
+    <t>#98 Gerald Smith - DT</t>
   </si>
   <si>
     <t>#78 Juan Cropper - RDE</t>
   </si>
   <si>
     <t>#40 Douglas Wiley - SLB</t>
   </si>
   <si>
-    <t>#99 Mark Marino - MLB</t>
+    <t>#45 Mark Marino - WLB</t>
   </si>
   <si>
     <t>#46 Bruno Frisby - MLB</t>
   </si>
   <si>
-    <t>#20 James Kotter - CB</t>
+    <t>#27 James Kotter - CB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>MIN 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-MIN 23 (8:53) 44-Antonio Dawson ran to MIN 29 for 6 yards. Tackle by 33-Pedro Crump.</t>
   </si>
   <si>
     <t>#27 John Hayes - RB</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
@@ -1379,51 +1379,51 @@
   <si>
     <t>3-7-GBY 50 (7:45) 44-Antonio Dawson ran to GBY 47 for 3 yards. Tackle by 74-Pedro Allen.</t>
   </si>
   <si>
     <t>GBY 47</t>
   </si>
   <si>
     <t>4-5-GBY 47 (7:09) 8-Jesse Mendivil punts 50 yards to GBY -3.4-5-GBY 47 (7:09) 8-Jesse Mendivil punts 50 yards to GBY -3. Touchback.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>GBY 20</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>1-10-GBY 20 (7:01) 12-Arthur Grossman pass complete to 88-Joseph Wright to GBY 22 for 2 yards. Tackle by 51-Jeremy Lake. 88-Joseph Wright breaks down the CB.</t>
   </si>
   <si>
     <t>#91 Steven Lewis - MLB</t>
   </si>
   <si>
-    <t>#52 Robert Quinn - SLB</t>
+    <t>#27 Robert Quinn - CB</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>GBY 22</t>
   </si>
   <si>
     <t>2-8-GBY 22 (6:26) 28-Edward Velez ran to GBY 29 for 7 yards. Tackle by 40-Kelly Dodson. PENALTY - Holding (GBY 61-Lance Villanueva)</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>2-11-GBY 19 (6:24) 28-Edward Velez ran to GBY 20 for 2 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-GBY 20 (5:50) 29-Stanton Spain ran to GBY 29 for 9 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
@@ -1754,51 +1754,51 @@
   <si>
     <t>Singleback Big WR Streaks</t>
   </si>
   <si>
     <t>2-1-GBY 45 (1:39) 12-Arthur Grossman ran to MIN 46 for 8 yards. Tackle by 92-Philip Reyes.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>1-10-MIN 46 (1:30) 12-Arthur Grossman pass Pass knocked down by 22-Daniel Noland. incomplete, intended for 8-Peter Campbell. Pressure by 99-Juan Gregory. GBY 57-David Simpson was injured on the play. PENALTY - Pass Interference (MIN 22-Daniel Noland)</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>MIN 39</t>
   </si>
   <si>
     <t>1-10-MIN 39 (1:26) 12-Arthur Grossman pass complete to 88-Joseph Wright to MIN 31 for 8 yards. Tackle by 40-Kelly Dodson.</t>
   </si>
   <si>
-    <t>#58 Robert Rogge - C</t>
+    <t>#70 Robert Rogge - LG</t>
   </si>
   <si>
     <t>2-2-MIN 31 (1:04) 12-Arthur Grossman pass complete to 8-Peter Campbell to MIN 27 for 4 yards. Tackle by 43-Paul Cash.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>1-10-MIN 27 (0:40) 12-Arthur Grossman pass Pass knocked down by 43-Paul Cash. incomplete, intended for 88-Joseph Wright. Pressure by 95-William Mannings.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>2-10-MIN 27 (0:36) 12-Arthur Grossman pass complete to 6-Rupert Johnson to MIN 24 for 3 yards. Tackle by 96-Steven Lewis.</t>
   </si>
   <si>
     <t>#7 Clarence Rupert - WR</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
@@ -2192,71 +2192,71 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">