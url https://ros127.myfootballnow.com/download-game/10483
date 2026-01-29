--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -311,51 +311,51 @@
   <si>
     <t>#91 Kevin Williams - DT</t>
   </si>
   <si>
     <t>#52 William Silva - SLB</t>
   </si>
   <si>
     <t>#74 Pedro Allen - DT</t>
   </si>
   <si>
     <t>#79 Grant Gravel - DT</t>
   </si>
   <si>
     <t>#37 Charles Hill - FS</t>
   </si>
   <si>
     <t>#26 Pedro Crump - SS</t>
   </si>
   <si>
     <t>#56 Maurice Elliston - MLB</t>
   </si>
   <si>
     <t>#23 Kenneth Cale - CB</t>
   </si>
   <si>
-    <t>#44 Richard Williams - MLB</t>
+    <t>#78 Richard Williams - RDE</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 28-Edward Velez ran to GBY 26 for 1 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>#3 Arthur Grossman - QB</t>
   </si>
   <si>
     <t>#28 Edward Velez - RB</t>
   </si>
@@ -410,72 +410,72 @@
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-GBY 26 (14:18) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 32 for 6 yards. Tackle by 50-Michael May.</t>
   </si>
   <si>
-    <t>#88 Joseph Wright - TE</t>
+    <t>#34 Joseph Wright - FB</t>
   </si>
   <si>
     <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-3-GBY 32 (13:43) 28-Edward Velez ran to GBY 39 for 7 yards. Tackle by 22-Daniel Noland. GBY 66-Dennis Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#89 Michael Moore - TE</t>
+    <t>#85 Michael Moore - TE</t>
   </si>
   <si>
     <t>#89 Omar Rosamond - TE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>GBY 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-GBY 39 (13:05) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 42 for 3 yards. Tackle by 50-Michael May.</t>
   </si>
   <si>
     <t>#67 Martin Blue - RT</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-MIN 28 (9:45) 3-Wilson Prather 46 yard field goal is GOOD. MIN 0 GBY 3</t>
   </si>
   <si>
     <t>#1 Robert Robertson - P</t>
   </si>
   <si>
     <t>#60 George Nolan - LG</t>
   </si>
   <si>
     <t>#10 Wilson Prather - K</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#88 George Colon - TE</t>
   </si>
   <si>
-    <t>#43 Fred Jones - RB</t>
+    <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(9:41) 3-Wilson Prather kicks 65 yards from GBY 35 to MIN 0. 10-Paul Worthy to MIN 19 for 19 yards. Tackle by 33-Pedro Crump.</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>