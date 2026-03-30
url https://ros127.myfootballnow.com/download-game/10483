--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -293,51 +293,51 @@
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Peter Campbell - WR</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>#91 Kevin Williams - DT</t>
   </si>
   <si>
     <t>#52 William Silva - SLB</t>
   </si>
   <si>
-    <t>#74 Pedro Allen - DT</t>
+    <t>#98 Pedro Allen - DT</t>
   </si>
   <si>
     <t>#79 Grant Gravel - DT</t>
   </si>
   <si>
     <t>#37 Charles Hill - FS</t>
   </si>
   <si>
     <t>#26 Pedro Crump - SS</t>
   </si>
   <si>
     <t>#56 Maurice Elliston - MLB</t>
   </si>
   <si>
     <t>#23 Kenneth Cale - CB</t>
   </si>
   <si>
     <t>#78 Richard Williams - RDE</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-GBY 26 (14:18) 12-Arthur Grossman pass complete to 28-Edward Velez to GBY 32 for 6 yards. Tackle by 50-Michael May.</t>
   </si>
   <si>
-    <t>#34 Joseph Wright - FB</t>
+    <t>#82 Joseph Wright - TE</t>
   </si>
   <si>
     <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-3-GBY 32 (13:43) 28-Edward Velez ran to GBY 39 for 7 yards. Tackle by 22-Daniel Noland. GBY 66-Dennis Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#85 Michael Moore - TE</t>
   </si>
   <si>
     <t>#89 Omar Rosamond - TE</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>MIN 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-MIN 28 (9:45) 3-Wilson Prather 46 yard field goal is GOOD. MIN 0 GBY 3</t>
   </si>
   <si>
     <t>#1 Robert Robertson - P</t>
   </si>
   <si>
     <t>#60 George Nolan - LG</t>
   </si>
   <si>
     <t>#10 Wilson Prather - K</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#88 George Colon - TE</t>
   </si>
   <si>
     <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(9:41) 3-Wilson Prather kicks 65 yards from GBY 35 to MIN 0. 10-Paul Worthy to MIN 19 for 19 yards. Tackle by 33-Pedro Crump.</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 19 (9:38) 44-Antonio Dawson ran to MIN 23 for 5 yards. Tackle by 33-Pedro Crump.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#98 Gerald Smith - DT</t>
   </si>
   <si>
     <t>#78 Juan Cropper - RDE</t>
   </si>
   <si>
     <t>#40 Douglas Wiley - SLB</t>
   </si>
@@ -1091,51 +1091,51 @@
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>2-6-GBY 9 (3:15) 44-Antonio Dawson ran to GBY 3 for 6 yards. Tackle by 78-Juan Cropper.</t>
   </si>
   <si>
     <t>GBY 3</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-3-GBY 3 (2:38) 27-John Hayes ran to GBY 0 for 3 yards. TOUCHDOWN! GBY 46-Bruno Frisby was injured on the play. He looks like he should be able to return. MIN 9 GBY 9</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>(2:35) Extra point GOOD by 5-Brian Frost. MIN 10 GBY 9</t>
   </si>
   <si>
-    <t>#96 Kelly Harper - DT</t>
+    <t>#78 Kelly Harper - DT</t>
   </si>
   <si>
     <t>(2:35) 5-Brian Frost kicks 73 yards from MIN 35 to GBY -8. 8-Peter Campbell to GBY 23 for 31 yards. Tackle by 32-Roger Johnson.</t>
   </si>
   <si>
     <t>2:30</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-GBY 23 (2:31) 28-Edward Velez ran to GBY 23 for a short gain. Tackle by 50-Michael May.</t>
   </si>
   <si>
     <t>#4 Walter McNamee - WR</t>
   </si>
   <si>
     <t>#75 Gregory Wade - LDE</t>
   </si>
   <si>
     <t>2:00</t>
   </si>