--- v0 (2025-10-22)
+++ v1 (2025-12-23)
@@ -284,138 +284,138 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Gerald Sandoval kicks 65 yards from NYA 35 to MIA 0. 38-Eduardo Denton to MIA 28 for 28 yards. Tackle by 51-Irvin Luter.</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
-    <t>#66 Nathaniel Allen - DT</t>
+    <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#34 Pasquale Hanson - SS</t>
   </si>
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#53 Philip Lucas - WLB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#27 Jerrold Witte - FS</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
-    <t>#73 Anthony Myers - DT</t>
-[...2 lines deleted...]
-    <t>#44 James Lawrence - FS</t>
+    <t>#75 Anthony Myers - RDE</t>
+  </si>
+  <si>
+    <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>#1 Gerald Sandoval - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 28 (14:55) 31-Richard Hogan ran to MIA 44 for 16 yards. Tackle by 34-Corey Strozier.</t>
   </si>
   <si>
     <t>#1 Dudley Harris - QB</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
-    <t>#70 Steven Jones - LG</t>
+    <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
     <t>#77 David Caron - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#97 Gary Bacon - LDE</t>
   </si>
   <si>
     <t>#95 Jack Sorenson - RDE</t>
   </si>
   <si>
-    <t>#78 Francisco Andrews - DT</t>
+    <t>#72 Francisco Andrews - DT</t>
   </si>
   <si>
     <t>#67 Michael Agarwal - DT</t>
   </si>
   <si>
     <t>#72 Fred Manis - RDE</t>
   </si>
   <si>
     <t>#90 Eddie Birt - WLB</t>
   </si>
   <si>
     <t>#98 Richard Witt - MLB</t>
   </si>
   <si>
     <t>#47 Nelson Hooks - WLB</t>
   </si>
   <si>
     <t>#26 James Polly - CB</t>
   </si>
   <si>
     <t>#34 Corey Strozier - FS</t>
   </si>
   <si>
     <t>#39 Miguel Silver - SS</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>3-6-NYA 41 (12:08) 1-Dudley Harris pass complete to 38-Eduardo Denton to NYA 39 for 2 yards. Tackle by 23-James Polly.</t>
   </si>
   <si>
     <t>#78 Kevin Vazquez - RDE</t>
   </si>
   <si>
     <t>#99 Raymond Mullins - MLB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NYA 39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-NYA 39 (11:22) 4-Shane Earle 57 yard field goal is NO GOOD. (Short) MIA 68-Miles Singleton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#9 Gary Buckles - QB</t>
+    <t>#7 Gary Buckles - QB</t>
   </si>
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#73 Timothy Prins - RG</t>
   </si>
   <si>
     <t>#55 Joseph Marshall - DT</t>
   </si>
   <si>
     <t>#64 Albert Arteaga - LG</t>
   </si>
   <si>
     <t>#94 Carl Lipscomb - MLB</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
@@ -557,81 +557,81 @@
   <si>
     <t>#37 David Jackson - RB</t>
   </si>
   <si>
     <t>#28 Albert Maysonet - WR</t>
   </si>
   <si>
     <t>#11 Lee Martinez - WR</t>
   </si>
   <si>
     <t>#87 Michael Odell - WR</t>
   </si>
   <si>
     <t>#66 William Parish - LT</t>
   </si>
   <si>
     <t>#65 Nelson Long - C</t>
   </si>
   <si>
     <t>#69 Calvin Few - LG</t>
   </si>
   <si>
     <t>#52 Donald Schoonover - RT</t>
   </si>
   <si>
-    <t>#65 Leo Morris - RDE</t>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#20 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-NYA 46 (11:14) 9-Salvador Kirkpatrick pass complete to 20-Zachery Diaz to MIA 49 for 5 yards. Tackle by 52-Daniel Blackwell.</t>
   </si>
   <si>
     <t>#25 James Oneill - FB</t>
   </si>
   <si>
     <t>#82 David Viviano - TE</t>
   </si>
   <si>
-    <t>#75 Sam Conti - RT</t>
+    <t>#71 Sam Conti - RT</t>
   </si>
   <si>
     <t>#78 Charles Mosser - DT</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>MIA 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-MIA 49 (10:36) 9-Salvador Kirkpatrick pass complete to 12-Lee Martinez to MIA 37 for 11 yards. Tackle by 40-Dennis Fleury.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
@@ -641,54 +641,54 @@
   <si>
     <t>#22 Harvey Holmes - RB</t>
   </si>
   <si>
     <t>#16 John Lenhart - WR</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-MIA 37 (9:50) 9-Salvador Kirkpatrick pass Pass knocked down by 47-Richard Holland. incomplete, intended for 87-Michael Odell.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>3-10-MIA 37 (9:47) 9-Salvador Kirkpatrick pass complete to 20-Zachery Diaz to MIA 26 for 11 yards. Tackle by 28-Dwight Tallent.</t>
   </si>
   <si>
-    <t>#58 Daniel Edwards - SLB</t>
-[...2 lines deleted...]
-    <t>#47 Dwight Tallent - CB</t>
+    <t>#6 Daniel Edwards - MLB</t>
+  </si>
+  <si>
+    <t>#47 Dwight Tallent - SS</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-MIA 26 (9:00) 9-Salvador Kirkpatrick pass complete to 82-David Viviano to MIA 20 for 6 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#18 Glen Poorman - WR</t>
   </si>
   <si>
     <t>#51 Reginald Wunsch - SLB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
@@ -719,60 +719,60 @@
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>3-8-MIA 24 (7:35) 9-Salvador Kirkpatrick pass complete to 25-James Oneill to MIA 24 for a short loss. Tackle by 20-Richard Zimmerman.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>4-8-MIA 24 (7:02) 1-Gerald Sandoval 43 yard field goal is GOOD. MIA 0 NYA 3</t>
   </si>
   <si>
     <t>#7 Scott Christensen - RB</t>
   </si>
   <si>
     <t>#71 Christopher Weaver - C</t>
   </si>
   <si>
     <t>#76 Melvin Salmon - C</t>
   </si>
   <si>
-    <t>#90 Robert McCarthy - DT</t>
+    <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>#71 Richard Hicks - DT</t>
   </si>
   <si>
     <t>#30 Jason Thiele - WR</t>
   </si>
   <si>
-    <t>#29 Kevin Harmon - CB</t>
+    <t>#26 Kevin Harmon - CB</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>(6:59) 1-Gerald Sandoval kicks 67 yards from NYA 35 to MIA -2. 38-Eduardo Denton to MIA 25 for 27 yards. Tackle by 94-Carl Lipscomb.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-MIA 25 (6:54) 31-Richard Hogan ran to MIA 29 for 4 yards. Tackle by 78-Kevin Vazquez.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>MIA 46</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-2-MIA 46 (4:09) 38-Eduardo Denton ran to MIA 47 for 1 yards. Tackle by 79-Francisco Andrews.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIA 47 (3:32) 12-Russell Suh punts 48 yards to NYA 5.</t>
   </si>
   <si>
-    <t>#12 Russell Suh - P</t>
+    <t>#18 Russell Suh - P</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>NYA 5</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-NYA 5 (3:23) 9-Salvador Kirkpatrick pass Pass knocked down by 28-Dwight Tallent. incomplete, intended for 12-Lee Martinez. Pressure by 66-Nathaniel Allen.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-10-NYA 5 (3:18) 9-Salvador Kirkpatrick pass complete to 12-Lee Martinez to NYA 20 for 15 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
@@ -2341,91 +2341,91 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="349.058" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>