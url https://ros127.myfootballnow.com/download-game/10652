--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -1355,51 +1355,51 @@
   <si>
     <t>MIA 41</t>
   </si>
   <si>
     <t>1-10-MIA 41 (14:02) 31-Richard Hogan ran to NYA 43 for 16 yards. Tackle by 42-Jose Smith.</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>NYA 43</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>1-10-NYA 43 (13:23) 1-Dudley Harris pass complete to 11-Kyle Valentine to NYA 31 for 12 yards. Tackle by 23-James Polly.</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>1-10-NYA 31 (12:47) 38-Eduardo Denton ran to NYA 22 for 9 yards. Tackle by 39-Miguel Silver.</t>
   </si>
   <si>
-    <t>#20 Robert Stevenson - RB</t>
+    <t>#15 Robert Stevenson - WR</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>2-1-NYA 22 (12:02) 31-Richard Hogan ran to NYA 22 for 1 yards. Tackle by 31-Nicholas Easter.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>3-1-NYA 22 (11:24) 31-Richard Hogan ran to NYA 20 for 1 yards. Tackle by 51-Irvin Luter.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYA 20 (10:50) 1-Dudley Harris pass complete to 88-Matthew Ayala to NYA 14 for 7 yards. Tackle by 31-Nicholas Easter.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>