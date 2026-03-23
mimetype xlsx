--- v2 (2026-01-22)
+++ v3 (2026-03-23)
@@ -344,66 +344,66 @@
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 28 (14:55) 31-Richard Hogan ran to MIA 44 for 16 yards. Tackle by 34-Corey Strozier.</t>
   </si>
   <si>
     <t>#1 Dudley Harris - QB</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
-    <t>#77 David Caron - RG</t>
+    <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#97 Gary Bacon - LDE</t>
   </si>
   <si>
     <t>#95 Jack Sorenson - RDE</t>
   </si>
   <si>
     <t>#72 Francisco Andrews - DT</t>
   </si>
   <si>
     <t>#67 Michael Agarwal - DT</t>
   </si>
   <si>
     <t>#72 Fred Manis - RDE</t>
   </si>
   <si>
     <t>#90 Eddie Birt - WLB</t>
   </si>
   <si>
     <t>#98 Richard Witt - MLB</t>
   </si>
@@ -557,60 +557,60 @@
   <si>
     <t>#37 David Jackson - RB</t>
   </si>
   <si>
     <t>#28 Albert Maysonet - WR</t>
   </si>
   <si>
     <t>#11 Lee Martinez - WR</t>
   </si>
   <si>
     <t>#87 Michael Odell - WR</t>
   </si>
   <si>
     <t>#66 William Parish - LT</t>
   </si>
   <si>
     <t>#65 Nelson Long - C</t>
   </si>
   <si>
     <t>#69 Calvin Few - LG</t>
   </si>
   <si>
     <t>#52 Donald Schoonover - RT</t>
   </si>
   <si>
-    <t>#90 Leo Morris - LDE</t>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-NYA 46 (11:14) 9-Salvador Kirkpatrick pass complete to 20-Zachery Diaz to MIA 49 for 5 yards. Tackle by 52-Daniel Blackwell.</t>
   </si>
   <si>
     <t>#25 James Oneill - FB</t>
   </si>
   <si>
     <t>#82 David Viviano - TE</t>
   </si>
   <si>
     <t>#71 Sam Conti - RT</t>
   </si>
   <si>
     <t>#78 Charles Mosser - DT</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>#16 John Lenhart - WR</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-MIA 37 (9:50) 9-Salvador Kirkpatrick pass Pass knocked down by 47-Richard Holland. incomplete, intended for 87-Michael Odell.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>3-10-MIA 37 (9:47) 9-Salvador Kirkpatrick pass complete to 20-Zachery Diaz to MIA 26 for 11 yards. Tackle by 28-Dwight Tallent.</t>
   </si>
   <si>
     <t>#6 Daniel Edwards - MLB</t>
   </si>
   <si>
-    <t>#47 Dwight Tallent - SS</t>
+    <t>#49 Dwight Tallent - SS</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-MIA 26 (9:00) 9-Salvador Kirkpatrick pass complete to 82-David Viviano to MIA 20 for 6 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#18 Glen Poorman - WR</t>
   </si>
   <si>
     <t>#51 Reginald Wunsch - SLB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-3-MIA 19 (7:35) PENALTY - False Start (NYA 66-William Parish)</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>3-8-MIA 24 (7:35) 9-Salvador Kirkpatrick pass complete to 25-James Oneill to MIA 24 for a short loss. Tackle by 20-Richard Zimmerman.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>4-8-MIA 24 (7:02) 1-Gerald Sandoval 43 yard field goal is GOOD. MIA 0 NYA 3</t>
   </si>
   <si>
     <t>#7 Scott Christensen - RB</t>
   </si>
   <si>
-    <t>#71 Christopher Weaver - C</t>
+    <t>#56 Christopher Weaver - C</t>
   </si>
   <si>
     <t>#76 Melvin Salmon - C</t>
   </si>
   <si>
     <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>#71 Richard Hicks - DT</t>
   </si>
   <si>
     <t>#30 Jason Thiele - WR</t>
   </si>
   <si>
     <t>#26 Kevin Harmon - CB</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>(6:59) 1-Gerald Sandoval kicks 67 yards from NYA 35 to MIA -2. 38-Eduardo Denton to MIA 25 for 27 yards. Tackle by 94-Carl Lipscomb.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>MIA 46</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-2-MIA 46 (4:09) 38-Eduardo Denton ran to MIA 47 for 1 yards. Tackle by 79-Francisco Andrews.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIA 47 (3:32) 12-Russell Suh punts 48 yards to NYA 5.</t>
   </si>
   <si>
-    <t>#18 Russell Suh - P</t>
+    <t>#1 Russell Suh - P</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>NYA 5</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-NYA 5 (3:23) 9-Salvador Kirkpatrick pass Pass knocked down by 28-Dwight Tallent. incomplete, intended for 12-Lee Martinez. Pressure by 66-Nathaniel Allen.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-10-NYA 5 (3:18) 9-Salvador Kirkpatrick pass complete to 12-Lee Martinez to NYA 20 for 15 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
@@ -1073,51 +1073,51 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-10-NYA 3 (9:40) 20-Zachery Diaz ran to NYA 4 for 1 yards. Tackle by 65-Leo Morris.</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>NYA 4</t>
   </si>
   <si>
     <t>3-9-NYA 4 (9:08) 9-Salvador Kirkpatrick pass complete to 87-Michael Odell to NYA 10 for 6 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>NYA 10</t>
   </si>
   <si>
     <t>4-3-NYA 10 (8:23) 4-Sam Lowery punts 46 yards to MIA 44. 38-Eduardo Denton to NYA 48 for 9 yards. Tackle by 76-Melvin Salmon.</t>
   </si>
   <si>
-    <t>#4 Sam Lowery - P</t>
+    <t>#2 Sam Lowery - P</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>NYA 48</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 48 (8:14) 1-Dudley Harris pass Pass knocked down by 51-Irvin Luter. incomplete, intended for 88-Matthew Ayala.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>2-10-NYA 48 (8:11) 38-Eduardo Denton ran to NYA 38 for 10 yards. Tackle by 39-Miguel Silver.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>MIA 41</t>
   </si>
   <si>
     <t>1-10-MIA 41 (14:02) 31-Richard Hogan ran to NYA 43 for 16 yards. Tackle by 42-Jose Smith.</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>NYA 43</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>1-10-NYA 43 (13:23) 1-Dudley Harris pass complete to 11-Kyle Valentine to NYA 31 for 12 yards. Tackle by 23-James Polly.</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>1-10-NYA 31 (12:47) 38-Eduardo Denton ran to NYA 22 for 9 yards. Tackle by 39-Miguel Silver.</t>
   </si>
   <si>
-    <t>#15 Robert Stevenson - WR</t>
+    <t>#20 Robert Stevenson - RB</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>2-1-NYA 22 (12:02) 31-Richard Hogan ran to NYA 22 for 1 yards. Tackle by 31-Nicholas Easter.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>3-1-NYA 22 (11:24) 31-Richard Hogan ran to NYA 20 for 1 yards. Tackle by 51-Irvin Luter.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYA 20 (10:50) 1-Dudley Harris pass complete to 88-Matthew Ayala to NYA 14 for 7 yards. Tackle by 31-Nicholas Easter.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
@@ -2337,51 +2337,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="349.058" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>