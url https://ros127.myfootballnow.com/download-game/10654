--- v0 (2025-12-31)
+++ v1 (2026-01-30)
@@ -347,123 +347,123 @@
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 18 (14:57) 18-David Gassaway ran to TBY 25 for 7 yards. Tackle by 59-Michael Thomas.</t>
   </si>
   <si>
     <t>#9 Gary Radke - QB</t>
   </si>
   <si>
     <t>#18 David Gassaway - RB</t>
   </si>
   <si>
     <t>#13 Christopher Williams - RB</t>
   </si>
   <si>
     <t>#84 Andrew Riggs - TE</t>
   </si>
   <si>
-    <t>#81 Malcolm Jackson - TE</t>
+    <t>#80 Malcolm Jackson - TE</t>
   </si>
   <si>
     <t>#45 Jeremiah Miller - FB</t>
   </si>
   <si>
     <t>#70 Manuel Payson - LT</t>
   </si>
   <si>
     <t>#60 Richard Morrison - LG</t>
   </si>
   <si>
     <t>#58 Albert Landers - C</t>
   </si>
   <si>
     <t>#58 Charles Crutchfield - RG</t>
   </si>
   <si>
     <t>#51 Kirk Gelman - RT</t>
   </si>
   <si>
     <t>#63 Jeffrey Biehl - LDE</t>
   </si>
   <si>
     <t>#64 Walter Stanford - LDE</t>
   </si>
   <si>
     <t>#96 Hector Crist - DT</t>
   </si>
   <si>
     <t>#68 Larry Burton - DT</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
     <t>#59 Michael Thomas - MLB</t>
   </si>
   <si>
-    <t>#54 Mitchell Poulin - WLB</t>
+    <t>#90 Mitchell Poulin - WLB</t>
   </si>
   <si>
     <t>#32 Gary Oleary - CB</t>
   </si>
   <si>
     <t>#24 Dennis Embry - CB</t>
   </si>
   <si>
     <t>#30 Daniel Hilton - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-3-TBY 25 (14:20) 85-William Bath ran to TBY 32 for 7 yards. Tackle by 29-Corey Barrette.</t>
   </si>
   <si>
     <t>#85 William Bath - RB</t>
   </si>
   <si>
-    <t>#83 Daniel White - WR</t>
+    <t>#19 Daniel White - WR</t>
   </si>
   <si>
     <t>#10 Dean Collins - WR</t>
   </si>
   <si>
     <t>#29 Corey Barrette - CB</t>
   </si>
   <si>
     <t>#46 Franklin Brown - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>1-10-TBY 32 (13:39) 9-Gary Radke pass incomplete, dropped by 45-Jeremiah Miller. TBY 75-Charles Crutchfield was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>#39 Leroy Rollins - RB</t>
   </si>
   <si>
     <t>#33 Joseph Warren - FB</t>
   </si>
   <si>
     <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#14 Omer Level - WR</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#70 David McNally - LT</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#77 Kirby Cramer - C</t>
   </si>
   <si>
-    <t>#52 Larry Pierson - RG</t>
+    <t>#50 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#61 John Kennedy - RG</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#59 Derrick Escamilla - DT</t>
   </si>
   <si>
     <t>#79 Kevin Thomas - DT</t>
   </si>
   <si>
     <t>#90 William Roberts - RDE</t>
   </si>
   <si>
     <t>#50 Ryan Harden - SLB</t>
   </si>
   <si>
     <t>#99 Gale Walker - MLB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
@@ -1001,51 +1001,51 @@
   <si>
     <t>4-5-DET 35 (11:19) 9-Robert Nelson 53 yard field goal is GOOD. TBY 9 DET 0</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>(11:15) 9-Robert Nelson kicks 73 yards from TBY 35 to DET -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (11:15) 39-Leroy Rollins ran to DET 26 for 1 yards. Tackle by 52-Todd Johnson. DET 39-Leroy Rollins was injured on the play. He looks like he should be able to return. TBY 79-Kevin Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>2-9-DET 26 (10:33) 48-Scott Demartini ran to DET 39 for 13 yards. Tackle by 47-James Hershberger.</t>
   </si>
   <si>
-    <t>#54 Johnnie Hanson - DT</t>
+    <t>#60 Johnnie Hanson - DT</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>DET 39</t>
   </si>
   <si>
     <t>1-10-DET 39 (9:57) 15-Scott Spicer pass complete to 33-Joseph Warren to DET 44 for 5 yards. Tackle by 99-Gale Walker. 33-Joseph Warren did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-5-DET 44 (9:14) 15-Scott Spicer pass complete to 14-Omer Level to TBY 50 for 7 yards. Tackle by 20-Alfredo McCormick.</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>