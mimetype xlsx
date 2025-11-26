--- v0 (2025-11-01)
+++ v1 (2025-11-26)
@@ -335,189 +335,189 @@
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-Michael Duncan ran to CLE 29 for 4 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#49 John Gant - RB</t>
   </si>
   <si>
     <t>#27 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
+    <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
     <t>#51 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-CLE 29 (14:18) 22-Michael Duncan ran to CLE 33 for 4 yards. Tackle by 57-David White.</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>CLE 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-2-CLE 33 (13:43) 22-Michael Duncan ran to CLE 35 for 2 yards. Tackle by 99-Juan Gregory.</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 35 (13:10) 5-Cameron Inman punts 47 yards to MIN 19. Fair Catch by 10-Paul Worthy.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
-    <t>#69 Joseph Peters - LT</t>
+    <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
-    <t>#87 Fred Jones - TE</t>
+    <t>#43 Fred Jones - RB</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 19 (13:03) 13-Ernest Forney pass complete to 17-George Butler to MIN 26 for 8 yards. Tackle by 25-Gabriel Hindman.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#49 Edward Tucker - CB</t>
   </si>
   <si>
-    <t>#6 Gabriel Hindman - CB</t>
+    <t>#21 Gabriel Hindman - CB</t>
   </si>
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-MIN 26 (12:19) 44-Antonio Dawson ran to MIN 30 for 4 yards. Tackle by 92-John Baker.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
   <si>
     <t>#88 George Colon - TE</t>
   </si>
   <si>
     <t>#93 Scotty Davis - SLB</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>CLE 11</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 11 (8:57) 22-Michael Duncan ran to CLE 14 for 2 yards. Tackle by 51-Jeremy Lake.</t>
   </si>
   <si>
-    <t>#94 Michael May - MLB</t>
+    <t>#49 Michael May - SS</t>
   </si>
   <si>
     <t>#91 Steven Lewis - MLB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>CLE 14</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>2-8-CLE 14 (8:17) 10-Wayne Knights pass Pass knocked down by 57-David White. incomplete, intended for 14-Rudolph Friday. 40-Kelly Dodson got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
@@ -1775,51 +1775,51 @@
   <si>
     <t>1-10-CLE 47 (1:26) 13-Ernest Forney sacked at MIN 43 for -10 yards (75-Joseph Shelton). Sack allowed by 68-Milton Carter. 68-Milton Carter missed that block completely.</t>
   </si>
   <si>
     <t>2-20-MIN 43 (1:01) 13-Ernest Forney pass complete to 85-William Johnson to CLE 35 for 23 yards. Tackle by 30-Timothy Barriga.</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>1-10-CLE 35 (0:41) 13-Ernest Forney pass complete to 17-George Butler to CLE 20 for 15 yards. Tackle by 34-Matthew Wilson. MIN 69-John Degree was injured on the play.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>CLE 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-CLE 20 (0:22) 13-Ernest Forney pass Pass knocked down by 58-Edward Pennington. incomplete, intended for 87-Fred Jones.</t>
   </si>
   <si>
-    <t>#55 Myron Bean - RT</t>
+    <t>#79 Myron Bean - LT</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>2-10-CLE 20 (0:19) 13-Ernest Forney pass Pass knocked down by 33-Vincent McDonald. incomplete, intended for 87-Fred Jones.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>3-10-CLE 20 (0:16) 80-Billy Edmonds ran to CLE 28 for -9 yards. Tackle by 92-John Baker.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -2216,51 +2216,51 @@
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>