--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -287,51 +287,51 @@
   <si>
     <t>CLE has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>#53 Michael Lewis - MLB</t>
   </si>
   <si>
-    <t>#58 Travis Perez - MLB</t>
+    <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
     <t>#99 Jimmy Horvath - RDE</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#64 Randy Crofts - DT</t>
   </si>
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 35 (13:10) 5-Cameron Inman punts 47 yards to MIN 19. Fair Catch by 10-Paul Worthy.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
-    <t>#50 Joseph Peters - LT</t>
+    <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#43 Fred Jones - RB</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>