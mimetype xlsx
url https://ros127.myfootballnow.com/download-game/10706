--- v2 (2025-12-18)
+++ v3 (2026-02-03)
@@ -473,51 +473,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 35 (13:10) 5-Cameron Inman punts 47 yards to MIN 19. Fair Catch by 10-Paul Worthy.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
     <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
-    <t>#43 Fred Jones - RB</t>
+    <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 19 (13:03) 13-Ernest Forney pass complete to 17-George Butler to MIN 26 for 8 yards. Tackle by 25-Gabriel Hindman.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>