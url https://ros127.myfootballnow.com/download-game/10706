--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -341,51 +341,51 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-Michael Duncan ran to CLE 29 for 4 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#49 John Gant - RB</t>
   </si>
   <si>
-    <t>#27 Patrick McCord - FB</t>
+    <t>#84 Patrick McCord - TE</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 35 (13:10) 5-Cameron Inman punts 47 yards to MIN 19. Fair Catch by 10-Paul Worthy.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
-    <t>#71 Joseph Peters - LT</t>
+    <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>