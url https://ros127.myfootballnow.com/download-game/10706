--- v4 (2026-02-23)
+++ v5 (2026-03-25)
@@ -341,72 +341,72 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-Michael Duncan ran to CLE 29 for 4 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#49 John Gant - RB</t>
   </si>
   <si>
-    <t>#84 Patrick McCord - TE</t>
+    <t>#40 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
-    <t>#52 Dante Gilbert - RT</t>
+    <t>#72 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
     <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
@@ -476,81 +476,81 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 35 (13:10) 5-Cameron Inman punts 47 yards to MIN 19. Fair Catch by 10-Paul Worthy.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
     <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#43 Fred Jones - WR</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 19 (13:03) 13-Ernest Forney pass complete to 17-George Butler to MIN 26 for 8 yards. Tackle by 25-Gabriel Hindman.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MIN 30 (11:38) 44-Antonio Dawson ran to MIN 36 for 6 yards. Tackle by 49-Edward Tucker. CLE 64-Randy Crofts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>MIN 36</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-4-MIN 36 (11:05) 44-Antonio Dawson ran to MIN 44 for 7 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
-    <t>#90 Joseph Baccus - DT</t>
+    <t>#68 Joseph Baccus - DT</t>
   </si>
   <si>
     <t>#57 Joseph Pulliam - SLB</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-MIN 44 (10:23) 13-Ernest Forney pass Pass knocked down by 90-Michael Lewis. incomplete, intended for 42-Trent Jackson.</t>
   </si>
   <si>
     <t>#27 John Hayes - RB</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-6-MIN 25 (15:00) 28-John Gant ran to MIN 19 for 6 yards. Tackle by 21-Wesley Fortenberry. CLE 14-Rudolph Friday was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MIN 19 (14:23) 4-Kevin Collins 36 yard field goal is GOOD. CLE 3 MIN 0</t>
   </si>
   <si>
     <t>#1 Charles Cassell - RB</t>
   </si>
   <si>
     <t>#4 Kevin Collins - K</t>
   </si>
   <si>
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>(14:20) 4-Kevin Collins kicks 75 yards from CLE 35 to MIN -10. Touchback.</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>1-10-MIN 25 (14:20) 44-Antonio Dawson ran to MIN 26 for 1 yards. Tackle by 23-Robert Johnson.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>2-9-MIN 26 (13:46) 44-Antonio Dawson ran to MIN 35 for 9 yards. Tackle by 33-Vincent McDonald.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-MIN 35 (13:01) 27-John Hayes ran to CLE 46 for 19 yards. Tackle by 26-John Ramirez.</t>
   </si>