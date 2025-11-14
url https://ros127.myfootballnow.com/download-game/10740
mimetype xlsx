--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -383,51 +383,51 @@
   <si>
     <t>#63 Shawn Ocasio - RG</t>
   </si>
   <si>
     <t>#61 Neil Horrocks - LDE</t>
   </si>
   <si>
     <t>#69 Richard Campbell - LDE</t>
   </si>
   <si>
     <t>#92 Robert Strahan - DT</t>
   </si>
   <si>
     <t>#71 Nathan Graves - DT</t>
   </si>
   <si>
     <t>#50 Daniel Rueda - RDE</t>
   </si>
   <si>
     <t>#53 George Ambrose - SLB</t>
   </si>
   <si>
     <t>#98 Scott Christiansen - MLB</t>
   </si>
   <si>
-    <t>#96 Harry Leblanc - WLB</t>
+    <t>#2 Harry Leblanc - WLB</t>
   </si>
   <si>
     <t>#29 Tom Norman - CB</t>
   </si>
   <si>
     <t>#42 Andy Smith - CB</t>
   </si>
   <si>
     <t>#96 Logan Pineda - RDE</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>WAS 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-11-WAS 24 (14:28) 24-Christopher Perkins ran to WAS 29 for 4 yards. Tackle by 32-Logan Pineda.</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>#38 Marcus Rector - CB</t>
   </si>
   <si>
     <t>#43 James Sisson - SS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-JAX 35 (12:53) PENALTY - False Start (WAS 84-David Cole)</t>
   </si>
   <si>
     <t>#16 Tracy Haley - WR</t>
   </si>
   <si>
     <t>#12 Cecil Sarno - WR</t>
   </si>
   <si>
-    <t>#46 Julio White - FS</t>
+    <t>#37 Julio White - FS</t>
   </si>
   <si>
     <t>JAX 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-15-JAX 40 (12:53) 24-Christopher Perkins ran to JAX 28 for 11 yards. Tackle by 29-Tom Norman.</t>
   </si>
   <si>
     <t>#89 Davis Garza - WR</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>