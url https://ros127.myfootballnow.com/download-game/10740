--- v1 (2025-11-14)
+++ v2 (2025-12-28)
@@ -338,99 +338,99 @@
   <si>
     <t>#14 Bill Colucci - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 24-Christopher Perkins ran to WAS 24 for -1 yards. Tackle by 50-Daniel Rueda.</t>
   </si>
   <si>
     <t>#9 Randy Scarborough - QB</t>
   </si>
   <si>
     <t>#35 Robert Helms - RB</t>
   </si>
   <si>
-    <t>#21 Alfred Norris - FB</t>
+    <t>#2 Alfred Norris - FB</t>
   </si>
   <si>
     <t>#84 David Cole - TE</t>
   </si>
   <si>
     <t>#85 Matthew Nobles - TE</t>
   </si>
   <si>
     <t>#50 Ryan Brooks - LT</t>
   </si>
   <si>
     <t>#51 Donald Carter - LG</t>
   </si>
   <si>
     <t>#77 Victor Lewis - C</t>
   </si>
   <si>
     <t>#52 James Gallien - RG</t>
   </si>
   <si>
-    <t>#63 Shawn Ocasio - RG</t>
+    <t>#63 Shawn Ocasio - LG</t>
   </si>
   <si>
     <t>#61 Neil Horrocks - LDE</t>
   </si>
   <si>
     <t>#69 Richard Campbell - LDE</t>
   </si>
   <si>
     <t>#92 Robert Strahan - DT</t>
   </si>
   <si>
     <t>#71 Nathan Graves - DT</t>
   </si>
   <si>
     <t>#50 Daniel Rueda - RDE</t>
   </si>
   <si>
     <t>#53 George Ambrose - SLB</t>
   </si>
   <si>
     <t>#98 Scott Christiansen - MLB</t>
   </si>
   <si>
     <t>#2 Harry Leblanc - WLB</t>
   </si>
   <si>
-    <t>#29 Tom Norman - CB</t>
+    <t>#20 Tom Norman - CB</t>
   </si>
   <si>
     <t>#42 Andy Smith - CB</t>
   </si>
   <si>
     <t>#96 Logan Pineda - RDE</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>WAS 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-11-WAS 24 (14:28) 24-Christopher Perkins ran to WAS 29 for 4 yards. Tackle by 32-Logan Pineda.</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
@@ -446,189 +446,189 @@
   <si>
     <t>3-6-WAS 29 (13:52) 24-Christopher Perkins ran to WAS 34 for 5 yards. Tackle by 98-Scott Christiansen.</t>
   </si>
   <si>
     <t>#75 William Miller - LT</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>WAS 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WAS 34 (13:07) 8-Tom Cecere punts 49 yards to JAX 17. 16-Willis Segars to JAX 31 for 14 yards. Tackle by 95-Arnold Carty.</t>
   </si>
   <si>
     <t>#8 Tom Cecere - P</t>
   </si>
   <si>
-    <t>#82 Ignacio Tuttle - TE</t>
+    <t>#4 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>#16 Willis Segars - WR</t>
   </si>
   <si>
-    <t>#43 Howard Whatley - SS</t>
+    <t>#37 Howard Whatley - SS</t>
   </si>
   <si>
     <t>#96 William Mancini - SLB</t>
   </si>
   <si>
     <t>#25 Rodney Solomon - CB</t>
   </si>
   <si>
     <t>#71 Jose Rivera - LT</t>
   </si>
   <si>
     <t>#68 Alvin Migliore - RDE</t>
   </si>
   <si>
     <t>#72 Robert Esposito - DT</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 31 (12:58) 11-Markus Morgan pass INTERCEPTED by 38-Marcus Rector at JAX 38. 38-Marcus Rector to JAX 35 for 3 yards. Tackle by 86-Phillip Humphrey. Pressure by 93-Dean Byrd. 31-Rodney Adams was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
   <si>
     <t>#8 Harry Pena - WR</t>
   </si>
   <si>
     <t>#84 Clarence Cook - TE</t>
   </si>
   <si>
     <t>#83 Steven Schafer - WR</t>
   </si>
   <si>
-    <t>#84 Phillip Humphrey - WR</t>
+    <t>#1 Phillip Humphrey - WR</t>
   </si>
   <si>
     <t>#72 Curtis Kropf - LT</t>
   </si>
   <si>
-    <t>#75 Christopher White - LG</t>
+    <t>#62 Christopher White - LG</t>
   </si>
   <si>
     <t>#58 Scott Moyer - C</t>
   </si>
   <si>
     <t>#70 Mark Allen - RG</t>
   </si>
   <si>
     <t>#63 Joel Olson - RG</t>
   </si>
   <si>
     <t>#94 Johnny Pond - LDE</t>
   </si>
   <si>
     <t>#70 Ken Diaz - RDE</t>
   </si>
   <si>
     <t>#42 Gerald Tepper - CB</t>
   </si>
   <si>
     <t>#20 John Rowland - CB</t>
   </si>
   <si>
     <t>#38 Marcus Rector - CB</t>
   </si>
   <si>
-    <t>#43 James Sisson - SS</t>
+    <t>#43 James Sisson - FS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-JAX 35 (12:53) PENALTY - False Start (WAS 84-David Cole)</t>
   </si>
   <si>
     <t>#16 Tracy Haley - WR</t>
   </si>
   <si>
     <t>#12 Cecil Sarno - WR</t>
   </si>
   <si>
-    <t>#37 Julio White - FS</t>
+    <t>#33 Julio White - FS</t>
   </si>
   <si>
     <t>JAX 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-15-JAX 40 (12:53) 24-Christopher Perkins ran to JAX 28 for 11 yards. Tackle by 29-Tom Norman.</t>
   </si>
   <si>
     <t>#89 Davis Garza - WR</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-JAX 28 (12:16) 9-Randy Scarborough pass complete to 12-Cecil Sarno to JAX 22 for 6 yards. Tackle by 42-Andy Smith. PENALTY - Pass Interference (JAX 42-Andy Smith) (Declined)</t>
   </si>
   <si>
-    <t>#90 Robert Finke - MLB</t>
+    <t>#43 Robert Finke - WLB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JAX 22 (12:12) 24-Christopher Perkins ran to JAX 5 for 17 yards. Tackle by 32-Logan Pineda.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>JAX 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
@@ -824,90 +824,90 @@
   <si>
     <t>2-2-WAS 14 (5:57) 37-Jerry Berube ran to WAS 14 for a short loss. Tackle by 91-Clark Barnes.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-2-WAS 14 (5:17) 37-Jerry Berube ran to WAS 13 for 1 yards. Tackle by 57-Rex Thomas.</t>
   </si>
   <si>
     <t>#53 John Stitt - MLB</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>WAS 13</t>
   </si>
   <si>
     <t>4-1-WAS 13 (4:43) 14-Bill Colucci 31 yard field goal is GOOD. JAX 3 WAS 7</t>
   </si>
   <si>
-    <t>#65 Donald Lloyd - RT</t>
+    <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>#59 Elton Stiles - LG</t>
   </si>
   <si>
     <t>#67 John Wilkins - RG</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>(4:40) 14-Bill Colucci kicks 72 yards from JAX 35 to WAS -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-WAS 25 (4:40) 24-Christopher Perkins ran to WAS 25 for a short gain. Tackle by 98-Scott Christiansen.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-10-WAS 25 (4:07) 9-Randy Scarborough pass complete to 81-Tracy Haley to WAS 34 for 8 yards. Tackle by 61-Neil Horrocks.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-WAS 34 (3:33) 26-Robert Helms ran to WAS 35 for 1 yards. Tackle by 46-Julio White.</t>
   </si>
   <si>
-    <t>#26 Brian Woodard - SS</t>
+    <t>#26 Brian Woodard - FS</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 35 (2:58) 9-Randy Scarborough pass INTERCEPTED by 59-Harry Leblanc at WAS 45. 59-Harry Leblanc to WAS 44 for 1 yards. Tackle by 81-Tracy Haley. JAX 50-Daniel Rueda was injured on the play. He looks like he should be able to return. JAX 59-Harry Leblanc was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>WAS 44</t>
   </si>
   <si>
     <t>1-10-WAS 44 (2:55) 41-Bryan Ahner ran to WAS 35 for 9 yards. Tackle by 31-Rodney Adams.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -1328,51 +1328,51 @@
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-1-JAX 35 (1:30) 9-Randy Scarborough ran to JAX 24 for 10 yards. 9-Randy Scarborough slides to avoid being hit.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>1-10-JAX 24 (1:06) 9-Randy Scarborough sacked at JAX 34 for -9 yards (93-Robert Strahan). Sack allowed by 56-Shawn Ocasio.</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>JAX 34</t>
   </si>
   <si>
     <t>2-19-JAX 34 (0:41) 9-Randy Scarborough pass Pass knocked down by 26-Brian Woodard. incomplete, intended for 37-Gregory Stewart. 26-Brian Woodard got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#88 Walter McCord - WR</t>
+    <t>#17 Walter McCord - WR</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>3-19-JAX 34 (0:38) 9-Randy Scarborough pass complete to 24-Christopher Perkins to JAX 17 for 16 yards. Pushed out of bounds by 35-Howard Whatley.</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>4-3-JAX 17 (0:33) 13-Santos Reasor 36 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>1-10-JAX 24 (0:30) 40-Harry Pena ran to JAX 26 for 1 yards. Tackle by 57-Rex Thomas.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
@@ -2281,55 +2281,55 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="389.191" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>