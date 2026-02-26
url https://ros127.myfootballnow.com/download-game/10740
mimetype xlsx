--- v2 (2025-12-28)
+++ v3 (2026-02-26)
@@ -503,78 +503,78 @@
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 31 (12:58) 11-Markus Morgan pass INTERCEPTED by 38-Marcus Rector at JAX 38. 38-Marcus Rector to JAX 35 for 3 yards. Tackle by 86-Phillip Humphrey. Pressure by 93-Dean Byrd. 31-Rodney Adams was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
   <si>
     <t>#8 Harry Pena - WR</t>
   </si>
   <si>
     <t>#84 Clarence Cook - TE</t>
   </si>
   <si>
     <t>#83 Steven Schafer - WR</t>
   </si>
   <si>
     <t>#1 Phillip Humphrey - WR</t>
   </si>
   <si>
     <t>#72 Curtis Kropf - LT</t>
   </si>
   <si>
-    <t>#62 Christopher White - LG</t>
+    <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>#58 Scott Moyer - C</t>
   </si>
   <si>
     <t>#70 Mark Allen - RG</t>
   </si>
   <si>
     <t>#63 Joel Olson - RG</t>
   </si>
   <si>
     <t>#94 Johnny Pond - LDE</t>
   </si>
   <si>
     <t>#70 Ken Diaz - RDE</t>
   </si>
   <si>
     <t>#42 Gerald Tepper - CB</t>
   </si>
   <si>
     <t>#20 John Rowland - CB</t>
   </si>
   <si>
     <t>#38 Marcus Rector - CB</t>
   </si>
   <si>
-    <t>#43 James Sisson - FS</t>
+    <t>#43 James Sisson - SS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-JAX 35 (12:53) PENALTY - False Start (WAS 84-David Cole)</t>
   </si>
   <si>
     <t>#16 Tracy Haley - WR</t>
   </si>
   <si>
     <t>#12 Cecil Sarno - WR</t>
   </si>
   <si>
     <t>#33 Julio White - FS</t>
   </si>
   <si>
     <t>JAX 40</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-15-JAX 40 (12:53) 24-Christopher Perkins ran to JAX 28 for 11 yards. Tackle by 29-Tom Norman.</t>
   </si>
   <si>
     <t>#89 Davis Garza - WR</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-JAX 28 (12:16) 9-Randy Scarborough pass complete to 12-Cecil Sarno to JAX 22 for 6 yards. Tackle by 42-Andy Smith. PENALTY - Pass Interference (JAX 42-Andy Smith) (Declined)</t>
   </si>
   <si>
-    <t>#43 Robert Finke - WLB</t>
+    <t>#43 Robert Finke - MLB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JAX 22 (12:12) 24-Christopher Perkins ran to JAX 5 for 17 yards. Tackle by 32-Logan Pineda.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>JAX 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>