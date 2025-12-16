--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -338,108 +338,108 @@
   <si>
     <t>#1 George Fiske - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CIN 29 (14:55) 12-Ervin Scalf pass complete to 80-Andrew Houser to CIN 41 for 12 yards. Tackle by 33-Lee Ingraham.</t>
   </si>
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
-    <t>#42 Michael Gonzalez - RB</t>
+    <t>#32 Michael Gonzalez - RB</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
-    <t>#74 Robert Daniels - LT</t>
+    <t>#57 Robert Daniels - LT</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
     <t>#59 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
-    <t>#91 Benjamin Noonan - LDE</t>
-[...8 lines deleted...]
-    <t>#67 Francis Vaughn - RDE</t>
+    <t>#58 Benjamin Noonan - LDE</t>
+  </si>
+  <si>
+    <t>#98 Mitchell Houser - LDE</t>
+  </si>
+  <si>
+    <t>#79 James Allen - LDE</t>
+  </si>
+  <si>
+    <t>#73 Francis Vaughn - DT</t>
   </si>
   <si>
     <t>#53 Emil Hruby - SLB</t>
   </si>
   <si>
     <t>#51 Kevin Richardson - WLB</t>
   </si>
   <si>
     <t>#99 Jonathan Sanchez - WLB</t>
   </si>
   <si>
     <t>#33 Lee Ingraham - CB</t>
   </si>
   <si>
     <t>#23 David Walters - CB</t>
   </si>
   <si>
     <t>#38 Ryan Hendrickson - FS</t>
   </si>
   <si>
-    <t>#39 Jerry Wilkinson - FS</t>
+    <t>#29 Jerry Wilkinson - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 41 (14:11) 12-Ervin Scalf pass complete to 80-Andrew Houser to CAR 48 for 11 yards. Tackle by 33-Lee Ingraham. Pressure by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>#99 Larry Charles - DT</t>
   </si>
   <si>
     <t>#36 William Shepley - CB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 48</t>
   </si>
@@ -449,261 +449,261 @@
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CAR 48 (13:33) 12-Ervin Scalf pass complete to 49-Michael Gonzalez to CAR 34 for 14 yards.</t>
   </si>
   <si>
     <t>#43 Gary Devine - FB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CAR 34</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CAR 34 (12:51) 35-Keith Street ran to CAR 32 for 2 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
-    <t>#30 Keith Street - RB</t>
-[...2 lines deleted...]
-    <t>#18 Jason Pino - WR</t>
+    <t>#13 Keith Street - RB</t>
+  </si>
+  <si>
+    <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>#87 Clay McLaughlin - WR</t>
   </si>
   <si>
     <t>#25 Miles Yang - FS</t>
   </si>
   <si>
     <t>#25 Michael Wilson - FS</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>CAR 32</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-8-CAR 32 (12:18) 12-Ervin Scalf pass Pass knocked down by 98-Kevin Richardson. incomplete, intended for 49-Michael Gonzalez. Pressure by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-CAR 32 (12:14) 12-Ervin Scalf pass complete to 88-James Caston to CAR 3 for 29 yards. Tackle by 43-Michael Wilson.</t>
   </si>
   <si>
     <t>#48 Anthony Turner - CB</t>
   </si>
   <si>
-    <t>#50 Russell Rothman - MLB</t>
+    <t>#57 Russell Rothman - SLB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>CAR 3</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-3-CAR 3 (11:32) 35-Keith Street ran to CAR 2 for 1 yards. Tackle by 91-Benjamin Noonan.</t>
   </si>
   <si>
-    <t>#47 Jerry Haines - RB</t>
+    <t>#31 Jerry Haines - RB</t>
   </si>
   <si>
     <t>#39 Michael Acuna - RB</t>
   </si>
   <si>
     <t>#81 Alvin Harris - TE</t>
   </si>
   <si>
     <t>#97 George Brewton - LDE</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>CAR 2</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-2-CAR 2 (10:56) 35-Keith Street ran for 2 yards. TOUCHDOWN! CIN 6 CAR 0</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:54) Extra point GOOD by 8-David Washington. CIN 7 CAR 0</t>
   </si>
   <si>
     <t>#98 Chad Musgrave - WLB</t>
   </si>
   <si>
     <t>#8 David Washington - K</t>
   </si>
   <si>
     <t>#55 Walter Thomson - WLB</t>
   </si>
   <si>
     <t>#54 Joseph Blake - MLB</t>
   </si>
   <si>
-    <t>#91 Rick Gibson - RDE</t>
+    <t>#79 Rick Gibson - RDE</t>
   </si>
   <si>
     <t>#51 Roscoe Moore - RDE</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>(10:54) 8-David Washington kicks 74 yards from CIN 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Robert Dwyer - WR</t>
   </si>
   <si>
     <t>#57 Neal Hudson - RG</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CAR 25 (10:54) 3-Brian Burch pass complete to 88-Stanley Lazenby to CAR 46 for 21 yards. Tackle by 32-Wayne Swinford. CIN 98-Chad Musgrave was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Brian Burch - QB</t>
   </si>
   <si>
-    <t>#29 Kenneth Adams - RB</t>
+    <t>#32 Kenneth Adams - RB</t>
   </si>
   <si>
     <t>#47 Steven Mayhugh - RB</t>
   </si>
   <si>
     <t>#45 Marshall Ramos - FB</t>
   </si>
   <si>
     <t>#88 Stanley Lazenby - TE</t>
   </si>
   <si>
     <t>#75 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#63 David Kato - LG</t>
   </si>
   <si>
     <t>#58 Alan Bell - C</t>
   </si>
   <si>
-    <t>#65 Charles Williams - RT</t>
+    <t>#65 Charles Williams - RG</t>
   </si>
   <si>
     <t>#77 Robert Weber - RDE</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#44 Teddy Brownell - MLB</t>
   </si>
   <si>
     <t>#23 Richard Davidson - CB</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CAR 46 (10:15) 21-Kenneth Adams ran to CIN 43 for 11 yards. Tackle by 29-Ronald Rivers.</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#11 Charles Gilmore - WR</t>
   </si>
   <si>
     <t>#81 Robert Stroup - WR</t>
   </si>
   <si>
-    <t>#33 Kevin Froelich - FS</t>
+    <t>#36 Kevin Froelich - FS</t>
   </si>
   <si>
     <t>#29 Ronald Rivers - FS</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>CIN 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-CIN 43 (9:34) 30-Vincent Bailey ran to CIN 40 for 3 yards. Tackle by 77-Robert Weber.</t>
   </si>
   <si>
     <t>#30 Vincent Bailey - RB</t>
   </si>
   <si>
     <t>#40 Matthew Delgado - RB</t>
   </si>
   <si>
     <t>#87 William Conover - TE</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>CIN 7</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-7-CIN 7 (5:42) 45-Marshall Ramos ran to CIN 4 for 3 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>CIN 4</t>
   </si>
   <si>
     <t>4-4-CIN 4 (5:05) 1-George Fiske 22 yard field goal is GOOD. CIN 7 CAR 3</t>
   </si>
   <si>
     <t>#60 William Brunner - C</t>
   </si>
   <si>
-    <t>#62 Alvaro Leon - RG</t>
+    <t>#66 Alvaro Leon - RT</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>(5:03) 1-George Fiske kicks 71 yards from CAR 35 to CIN -6. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (5:03) 12-Ervin Scalf pass Pass knocked down by 92-Larry Charles. incomplete, intended for 86-Darrell Grider. CIN 74-Robert Daniels was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
@@ -827,51 +827,51 @@
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>CIN 28</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-7-CIN 28 (4:20) 49-Michael Gonzalez ran to CIN 28 for 1 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-CIN 28 (3:47) 4-Mark Christian punts 45 yards to CAR 27. 15-Robert Dwyer to CAR 34 for 8 yards. Tackle by 78-Efren Hernandez. 98-Kevin Richardson missed that block completely.</t>
   </si>
   <si>
-    <t>#9 Mark Christian - P</t>
+    <t>#2 Mark Christian - P</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-CAR 34 (3:39) 21-Kenneth Adams ran to CAR 48 for 14 yards. Tackle by 33-Kevin Froelich.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-CAR 48 (2:58) 21-Kenneth Adams ran to CIN 50 for 2 yards. Tackle by 98-Chad Musgrave.</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>CIN 50</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-11-CIN 41 (0:12) 3-Brian Burch pass complete to 88-Stanley Lazenby to CIN 32 for 8 yards. Tackle by 44-Teddy Brownell.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CIN 32</t>
   </si>
   <si>
     <t>4-3-CIN 32 (15:00) 1-George Fiske 51 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#97 Augustine Boling - DT</t>
+    <t>#97 Augustine Boling - LDE</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
   <si>
     <t>1-10-CIN 39 (14:57) 49-Michael Gonzalez ran to CIN 43 for 4 yards. Tackle by 33-Lee Ingraham.</t>
   </si>
   <si>
     <t>#50 Homer Hose - LG</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>2-6-CIN 43 (14:18) 49-Michael Gonzalez ran to CIN 42 for -1 yards. Tackle by 91-Benjamin Noonan. CIN 74-Robert Daniels was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Timeout CIN</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>CIN 21</t>
   </si>
   <si>
     <t>2-9-CIN 21 (0:23) 49-Michael Gonzalez ran to CIN 30 for 9 yards. Tackle by 38-Ryan Hendrickson. CIN 49-Michael Gonzalez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-David Washington kicks 75 yards from CIN 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 18-James Lewis pass incomplete, dropped by 30-Vincent Bailey.</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
   <si>
     <t>#81 Brandon Garner - TE</t>
   </si>
   <si>
-    <t>#83 Terry Coyle - TE</t>
+    <t>#80 Terry Coyle - TE</t>
   </si>
   <si>
     <t>#67 Christopher McEvoy - RT</t>
   </si>
   <si>
     <t>#61 Charlie Bailey - DT</t>
   </si>
   <si>
     <t>2-10-CAR 25 (14:57) 30-Vincent Bailey ran to CAR 37 for 12 yards. Tackle by 37-Christopher Shields.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>1-10-CAR 37 (14:17) 45-Marshall Ramos ran to CIN 49 for 14 yards. 45-Marshall Ramos FUMBLES (21-Bernie Brady) recovered by CIN-21-Bernie Brady at CIN 47. Tackle by 85-Terry Coyle.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>1-10-CIN 47 (14:12) 2-Gerry Bates pass incomplete, dropped by 18-Jason Pino. Pressure by 97-George Brewton.</t>
   </si>
@@ -1466,51 +1466,51 @@
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>1-10-CIN 40 (9:45) 2-Gerry Bates pass Pass knocked down by 93-Anthony Turner. incomplete, intended for 89-Alvin Harris.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>2-10-CIN 40 (9:43) 2-Gerry Bates pass incomplete, intended for 86-Darrell Grider. 50-Russell Rothman got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>3-10-CIN 40 (9:40) 2-Gerry Bates pass INTERCEPTED by 93-Anthony Turner at CIN 45. 93-Anthony Turner to CIN 25 for 20 yards.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>1-10-CIN 25 (9:32) 30-Vincent Bailey ran to CIN 23 for 2 yards. Tackle by 37-Christopher Shields.</t>
   </si>
   <si>
-    <t>#84 Jessie Good - WR</t>
+    <t>#36 Jessie Good - RB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>2-8-CIN 23 (8:48) 30-Vincent Bailey ran to CIN 22 for 2 yards. Tackle by 54-Joseph Blake.</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-7-CIN 22 (8:13) 18-James Lewis pass complete to 30-Vincent Bailey to CIN 16 for 6 yards. Tackle by 55-Walter Thomson. Pressure by 77-Robert Weber.</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>CIN 16</t>
   </si>
   <si>
     <t>4-1-CIN 16 (7:36) 1-George Fiske 33 yard field goal is GOOD. CIN 10 CAR 6</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>3-7-CIN 8 (12:04) 2-Gerry Bates pass complete to 17-Lawrence Alvarez to CIN 21 for 12 yards. Tackle by 23-David Walters.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-CIN 21 (11:21) 35-Keith Street ran to CIN 22 for 2 yards. Tackle by 70-David Harrison.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>2-8-CIN 22 (10:38) 2-Gerry Bates pass complete to 86-Darrell Grider to CIN 33 for 10 yards. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>1-10-CIN 33 (9:55) 30-Thomas Knauss ran to CIN 35 for 2 yards. Tackle by 59-Roscoe Moore.</t>
   </si>
   <si>
-    <t>#84 Anthony Elliott - WR</t>
+    <t>#2 Anthony Elliott - RB</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>2-8-CIN 35 (9:11) 35-Keith Street ran to CIN 37 for 2 yards. Tackle by 70-David Harrison.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>3-6-CIN 37 (8:32) 35-Keith Street ran to CIN 38 for 1 yards. Tackle by 70-David Harrison.</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>CIN 38</t>
   </si>
   <si>
     <t>4-5-CIN 38 (7:50) 4-Mark Christian punts 42 yards to CAR 20. 81-Robert Stroup to CAR 28 for 8 yards. Tackle by 86-Darrell Grider.</t>
   </si>
   <si>
     <t>CAR 28</t>
   </si>
@@ -2291,100 +2291,100 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>