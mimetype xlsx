--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -1280,51 +1280,51 @@
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>CIN 21</t>
   </si>
   <si>
     <t>2-9-CIN 21 (0:23) 49-Michael Gonzalez ran to CIN 30 for 9 yards. Tackle by 38-Ryan Hendrickson. CIN 49-Michael Gonzalez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-David Washington kicks 75 yards from CIN 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 18-James Lewis pass incomplete, dropped by 30-Vincent Bailey.</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
   <si>
-    <t>#81 Brandon Garner - TE</t>
+    <t>#89 Brandon Garner - TE</t>
   </si>
   <si>
     <t>#80 Terry Coyle - TE</t>
   </si>
   <si>
     <t>#67 Christopher McEvoy - RT</t>
   </si>
   <si>
     <t>#61 Charlie Bailey - DT</t>
   </si>
   <si>
     <t>2-10-CAR 25 (14:57) 30-Vincent Bailey ran to CAR 37 for 12 yards. Tackle by 37-Christopher Shields.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>1-10-CAR 37 (14:17) 45-Marshall Ramos ran to CIN 49 for 14 yards. 45-Marshall Ramos FUMBLES (21-Bernie Brady) recovered by CIN-21-Bernie Brady at CIN 47. Tackle by 85-Terry Coyle.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>