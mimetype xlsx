--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -287,120 +287,120 @@
   <si>
     <t>CIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-George Fiske kicks 75 yards from CAR 35 to CIN -10. 19-James Beamon to CIN 29 for 39 yards. Tackle by 1-George Fiske. CIN 32-Wayne Swinford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 James Beamon - WR</t>
   </si>
   <si>
     <t>#73 Jose Cropper - DT</t>
   </si>
   <si>
-    <t>#45 Fernando Green - SLB</t>
+    <t>#79 Fernando Green - LDE</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
   <si>
     <t>#32 Wayne Swinford - SS</t>
   </si>
   <si>
     <t>#70 Sean Lillibridge - DT</t>
   </si>
   <si>
     <t>#37 Christopher Shields - CB</t>
   </si>
   <si>
     <t>#96 Tracy May - MLB</t>
   </si>
   <si>
     <t>#21 Bernie Brady - CB</t>
   </si>
   <si>
     <t>#80 Andrew Houser - WR</t>
   </si>
   <si>
     <t>#93 Ian Byrd - RDE</t>
   </si>
   <si>
     <t>#1 George Fiske - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CIN 29 (14:55) 12-Ervin Scalf pass complete to 80-Andrew Houser to CIN 41 for 12 yards. Tackle by 33-Lee Ingraham.</t>
   </si>
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
-    <t>#32 Michael Gonzalez - RB</t>
+    <t>#47 Michael Gonzalez - RB</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
-    <t>#57 Robert Daniels - LT</t>
+    <t>#69 Robert Daniels - LG</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#58 Benjamin Noonan - LDE</t>
   </si>
   <si>
     <t>#98 Mitchell Houser - LDE</t>
   </si>
   <si>
     <t>#79 James Allen - LDE</t>
   </si>
   <si>
     <t>#73 Francis Vaughn - DT</t>
   </si>
   <si>
     <t>#53 Emil Hruby - SLB</t>
   </si>
   <si>
     <t>#51 Kevin Richardson - WLB</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>1-10-CIN 41 (14:11) 12-Ervin Scalf pass complete to 80-Andrew Houser to CAR 48 for 11 yards. Tackle by 33-Lee Ingraham. Pressure by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>#99 Larry Charles - DT</t>
   </si>
   <si>
     <t>#36 William Shepley - CB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 48</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CAR 48 (13:33) 12-Ervin Scalf pass complete to 49-Michael Gonzalez to CAR 34 for 14 yards.</t>
   </si>
   <si>
-    <t>#43 Gary Devine - FB</t>
+    <t>#88 Gary Devine - TE</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CAR 34</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CAR 34 (12:51) 35-Keith Street ran to CAR 32 for 2 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>#13 Keith Street - RB</t>
   </si>
   <si>
     <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>#87 Clay McLaughlin - WR</t>
   </si>
@@ -554,159 +554,159 @@
   <si>
     <t>2-2-CAR 2 (10:56) 35-Keith Street ran for 2 yards. TOUCHDOWN! CIN 6 CAR 0</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:54) Extra point GOOD by 8-David Washington. CIN 7 CAR 0</t>
   </si>
   <si>
     <t>#98 Chad Musgrave - WLB</t>
   </si>
   <si>
     <t>#8 David Washington - K</t>
   </si>
   <si>
-    <t>#55 Walter Thomson - WLB</t>
+    <t>#35 Walter Thomson - FS</t>
   </si>
   <si>
     <t>#54 Joseph Blake - MLB</t>
   </si>
   <si>
     <t>#79 Rick Gibson - RDE</t>
   </si>
   <si>
-    <t>#51 Roscoe Moore - RDE</t>
+    <t>#56 Roscoe Moore - RDE</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>(10:54) 8-David Washington kicks 74 yards from CIN 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Robert Dwyer - WR</t>
   </si>
   <si>
     <t>#57 Neal Hudson - RG</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CAR 25 (10:54) 3-Brian Burch pass complete to 88-Stanley Lazenby to CAR 46 for 21 yards. Tackle by 32-Wayne Swinford. CIN 98-Chad Musgrave was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Brian Burch - QB</t>
   </si>
   <si>
     <t>#32 Kenneth Adams - RB</t>
   </si>
   <si>
     <t>#47 Steven Mayhugh - RB</t>
   </si>
   <si>
     <t>#45 Marshall Ramos - FB</t>
   </si>
   <si>
     <t>#88 Stanley Lazenby - TE</t>
   </si>
   <si>
-    <t>#75 Daniel Pounds - LT</t>
+    <t>#51 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#63 David Kato - LG</t>
   </si>
   <si>
     <t>#58 Alan Bell - C</t>
   </si>
   <si>
     <t>#65 Charles Williams - RG</t>
   </si>
   <si>
     <t>#77 Robert Weber - RDE</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#44 Teddy Brownell - MLB</t>
   </si>
   <si>
     <t>#23 Richard Davidson - CB</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CAR 46 (10:15) 21-Kenneth Adams ran to CIN 43 for 11 yards. Tackle by 29-Ronald Rivers.</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#11 Charles Gilmore - WR</t>
   </si>
   <si>
     <t>#81 Robert Stroup - WR</t>
   </si>
   <si>
     <t>#36 Kevin Froelich - FS</t>
   </si>
   <si>
-    <t>#29 Ronald Rivers - FS</t>
+    <t>#30 Ronald Rivers - FS</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>CIN 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-CIN 43 (9:34) 30-Vincent Bailey ran to CIN 40 for 3 yards. Tackle by 77-Robert Weber.</t>
   </si>
   <si>
     <t>#30 Vincent Bailey - RB</t>
   </si>
   <si>
     <t>#40 Matthew Delgado - RB</t>
   </si>
   <si>
     <t>#87 William Conover - TE</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>CAR 10</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-CAR 10 (12:38) 21-Kenneth Adams ran to CAR 9 for -1 yards. Tackle by 93-Ian Byrd.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>CAR 9</t>
   </si>
   <si>
     <t>4-9-CAR 9 (11:54) 10-Joseph Hayslett punts 51 yards to CIN 40. 19-James Beamon to CIN 50 for 10 yards. Tackle by 98-Kevin Richardson.</t>
   </si>
   <si>
-    <t>#10 Joseph Hayslett - P</t>
+    <t>#7 Joseph Hayslett - P</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>1-10-CIN 50 (11:45) 12-Ervin Scalf pass complete to 43-Gary Devine to CAR 24 for 26 yards. Tackle by 91-Benjamin Noonan.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>CAR 24</t>
   </si>
   <si>
     <t>1-10-CAR 24 (10:54) 35-Keith Street ran to CAR 20 for 4 yards. Tackle by 33-Lee Ingraham.</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>2-6-CAR 20 (10:18) 49-Michael Gonzalez ran to CAR 19 for 1 yards. Tackle by 53-Emil Hruby.</t>
   </si>
@@ -2289,92 +2289,92 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>