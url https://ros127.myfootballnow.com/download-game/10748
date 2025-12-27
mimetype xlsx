--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -293,141 +293,141 @@
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Jimmy Saito kicks 75 yards from ATL 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>#30 Andrew Langlinais - RB</t>
   </si>
   <si>
     <t>#54 Donald Smalls - SLB</t>
   </si>
   <si>
     <t>#65 Clifford Young - DT</t>
   </si>
   <si>
     <t>#95 Gary Mackie - SLB</t>
   </si>
   <si>
-    <t>#73 Anthony Myers - DT</t>
+    <t>#75 Anthony Myers - RDE</t>
   </si>
   <si>
     <t>#49 Craig King - CB</t>
   </si>
   <si>
     <t>#70 Lamar Brown - DT</t>
   </si>
   <si>
     <t>#95 Michael Cope - RDE</t>
   </si>
   <si>
     <t>#24 Andres Garmon - SS</t>
   </si>
   <si>
     <t>#98 Philip Benton - WLB</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#7 Jimmy Saito - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 16-Mark Malone pass complete to 82-David Morrison to PIT 32 for 7 yards. Tackle by 26-Alan Ramirez. ATL 53-Mark Burns was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Mark Malone - QB</t>
   </si>
   <si>
-    <t>#46 Carlos Townsend - RB</t>
+    <t>#46 Carlos Townsend - WR</t>
   </si>
   <si>
     <t>#87 Anthony Orbison - TE</t>
   </si>
   <si>
     <t>#83 David Morrison - WR</t>
   </si>
   <si>
     <t>#84 Randolph Branch - WR</t>
   </si>
   <si>
     <t>#81 Willie Hardin - WR</t>
   </si>
   <si>
     <t>#67 John Gomez - LT</t>
   </si>
   <si>
     <t>#69 Wesley Ellis - LG</t>
   </si>
   <si>
     <t>#56 Tim Walden - C</t>
   </si>
   <si>
     <t>#63 Thomas Ramsey - RG</t>
   </si>
   <si>
     <t>#78 Shawn Scott - RT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
-    <t>#61 Guadalupe Ortiz - DT</t>
+    <t>#77 Guadalupe Ortiz - RDE</t>
   </si>
   <si>
     <t>#94 Daniel Lopez - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#59 Raymond Ramirez - MLB</t>
   </si>
   <si>
     <t>#92 Richard Barker - WLB</t>
   </si>
   <si>
-    <t>#26 Alan Ramirez - CB</t>
+    <t>#38 Alan Ramirez - SS</t>
   </si>
   <si>
     <t>#47 Joseph Leroy - FS</t>
   </si>
   <si>
     <t>#37 Jason Toy - FS</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#38 Donald Bishop - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PIT 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -581,123 +581,123 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-15-ATL 26 (9:09) 16-Mark Malone pass complete to 20-Carlos Townsend to ATL 18 for 8 yards. Tackle by 38-Donald Bishop.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-ATL 18 (8:24) 1-Robert Dorey 36 yard field goal is GOOD. PIT 3 ATL 0</t>
   </si>
   <si>
     <t>#57 Ronald Owens - LG</t>
   </si>
   <si>
-    <t>#1 Robert Dorey - K</t>
+    <t>#3 Robert Dorey - K</t>
   </si>
   <si>
     <t>#75 Jesse Cain - LT</t>
   </si>
   <si>
-    <t>#68 John Perez - RT</t>
+    <t>#50 John Perez - RT</t>
   </si>
   <si>
     <t>#60 Donald Erwin - RDE</t>
   </si>
   <si>
     <t>#51 Charles Volkert - MLB</t>
   </si>
   <si>
-    <t>#52 Mike Morin - DT</t>
-[...2 lines deleted...]
-    <t>#57 Jack Dennis - MLB</t>
+    <t>#97 Mike Morin - DT</t>
+  </si>
+  <si>
+    <t>#95 Jack Dennis - MLB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(8:21) 1-Robert Dorey kicks 74 yards from PIT 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Joseph Ramos - RB</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (8:21) 40-Harold Sheppard ran to ATL 23 for -2 yards. Tackle by 34-Garry Taber. ATL 79-Gary McCormick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Neal Guinn - QB</t>
   </si>
   <si>
     <t>#40 Harold Sheppard - RB</t>
   </si>
   <si>
     <t>#28 Bruce Downs - FB</t>
   </si>
   <si>
     <t>#8 Allen Edwards - WR</t>
   </si>
   <si>
     <t>#16 Jason Collins - WR</t>
   </si>
   <si>
     <t>#42 Harold Randall - WR</t>
   </si>
   <si>
     <t>#69 Paul Patel - LT</t>
   </si>
   <si>
-    <t>#55 James Nesbitt - C</t>
+    <t>#50 James Nesbitt - C</t>
   </si>
   <si>
     <t>#74 Patrick Adams - C</t>
   </si>
   <si>
-    <t>#56 Clement Hughes - RG</t>
+    <t>#65 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#79 Gary McCormick - RT</t>
   </si>
   <si>
     <t>#93 Zachary Rice - DT</t>
   </si>
   <si>
     <t>#99 Stephen Austin - MLB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
   <si>
     <t>#34 Garry Taber - CB</t>
   </si>
   <si>
     <t>#47 David Burton - FS</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>3-9-ATL 26 (7:15) 6-Neal Guinn pass Pass knocked down by 49-Craig King. incomplete, intended for 8-Allen Edwards.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-ATL 26 (7:12) 15-Sylvester James punts 48 yards to PIT 26. 82-David Morrison to PIT 31 for 5 yards. Tackle by 42-Dennis Kaiser.</t>
   </si>
   <si>
     <t>#15 Sylvester James - P</t>
   </si>
   <si>
-    <t>#84 Shaun Grandstaff - TE</t>
+    <t>#49 Shaun Grandstaff - FB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>1-10-PIT 31 (7:04) 20-Carlos Townsend ran to PIT 39 for 8 yards. Tackle by 29-Joseph Leroy.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-2-PIT 39 (6:19) 25-James Mitchell ran to PIT 43 for 4 yards. Tackle by 22-Jason Toy. PENALTY - Holding (PIT 82-David Morrison)</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>PIT 29</t>
   </si>
@@ -1181,51 +1181,51 @@
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>4-2-ATL 38 (4:25) 1-Robert Dorey 56 yard field goal is GOOD. PIT 6 ATL 0</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>(4:21) 1-Robert Dorey kicks 68 yards from PIT 35 to ATL -3. 41-Joseph Ramos to ATL 27 for 30 yards. Tackle by 98-Philip Benton.</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-ATL 27 (4:15) 6-Neal Guinn pass complete to 89-Timothy Weathers to ATL 40 for 13 yards. PIT 77-Anthony Reale was injured on the play. He looks like he should be able to return. PIT 93-Zachary Rice was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#95 Valentine Derrick - RDE</t>
+    <t>#51 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>1-10-ATL 40 (3:34) 40-Harold Sheppard ran to ATL 44 for 4 yards. Tackle by 99-Stephen Austin.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>2-6-ATL 44 (3:01) 6-Neal Guinn pass incomplete, intended for 89-Timothy Weathers. PENALTY - Offsides (PIT 60-James Marks)</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>ATL 49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
@@ -1364,63 +1364,63 @@
   <si>
     <t>3-7-PIT 48 (0:17) 16-Mark Malone pass complete to 28-Robert Knorr to PIT 47 for a short loss. Tackle by 26-Alan Ramirez. PIT 25-James Mitchell was injured on the play. He looks like he should be able to return. ATL 26-Alan Ramirez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 1-Robert Dorey kicks 72 yards from PIT 35 to ATL -7. Touchback.</t>
   </si>
   <si>
     <t>#82 Wayne Wilson - WR</t>
   </si>
   <si>
     <t>#57 Terry Cockburn - DT</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 24-Sergio Cunningham ran to ATL 25 for a short loss. Tackle by 97-Orval Sage.</t>
   </si>
   <si>
     <t>#12 Michael Fritts - QB</t>
   </si>
   <si>
-    <t>#85 Harry Neil - TE</t>
-[...2 lines deleted...]
-    <t>#65 Robert Hudson - RG</t>
+    <t>#71 Harry Neil - C</t>
+  </si>
+  <si>
+    <t>#63 Robert Hudson - RG</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-10-ATL 25 (14:19) 4-Michael Fritts pass incomplete, dropped by 24-Sergio Cunningham.</t>
   </si>
   <si>
-    <t>#37 Michael Miller - FS</t>
+    <t>#5 Michael Miller - FS</t>
   </si>
   <si>
     <t>3-10-ATL 25 (14:17) 4-Michael Fritts pass Pass knocked down by 21-Christopher Elder. incomplete, intended for 11-Harold Randall. Pressure by 73-Anthony Myers.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>4-10-ATL 25 (14:14) 15-Sylvester James punts 43 yards to PIT 32. 30-Andrew Langlinais to PIT 36 for 5 yards. Tackle by 91-John Snyder.</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>PIT 36</t>
   </si>
   <si>
     <t>1-10-PIT 36 (14:06) 28-Robert Knorr ran to PIT 38 for 1 yards. Tackle by 52-Mike Morin.</t>
   </si>
   <si>
     <t>#4 Danilo Cottrell - QB</t>
   </si>
   <si>
     <t>#57 David Barraza - C</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>3-1-ATL 14 (11:00) 24-Sergio Cunningham ran to ATL 15 for 1 yards. Tackle by 73-Anthony Myers.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>1-10-ATL 15 (10:17) 4-Michael Fritts pass incomplete, dropped by 85-Shaun Grandstaff. PIT 95-Michael Cope was injured on the play.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>2-10-ATL 15 (10:15) 4-Michael Fritts ran to ATL 21 for 6 yards. Tackle by 97-Orval Sage. PIT 91-Valentine Derrick was injured on the play. PIT 40-Michael Miller was injured on the play.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>3-4-ATL 21 (9:27) 24-Sergio Cunningham ran to ATL 29 for 8 yards. Tackle by 21-Christopher Elder. PENALTY - Offsides (PIT 73-Anthony Myers) (Declined)</t>
   </si>
   <si>
     <t>#94 Andrew Teel - MLB</t>
   </si>
   <si>
-    <t>#92 Michael Hughes - MLB</t>
+    <t>#99 Michael Hughes - SLB</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>1-10-ATL 29 (9:24) 4-Michael Fritts pass complete to 41-Joseph Ramos to ATL 36 for 7 yards. Tackle by 29-Keith Client.</t>
   </si>
   <si>
     <t>#2 Thomas Ness - WR</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>2-3-ATL 36 (8:48) 4-Michael Fritts pass complete to 16-Jason Collins to ATL 40 for 5 yards. Tackle by 21-Christopher Elder. Nice job by 16-Jason Collins on that route to lose his coverage. Pressure by 73-Anthony Myers.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-ATL 40 (8:11) 4-Michael Fritts pass Pass knocked down by 34-Garry Taber. incomplete, intended for 11-Harold Randall.</t>
   </si>
@@ -2298,74 +2298,74 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="364.482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>