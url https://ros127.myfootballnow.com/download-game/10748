--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -383,51 +383,51 @@
   <si>
     <t>#63 Thomas Ramsey - RG</t>
   </si>
   <si>
     <t>#78 Shawn Scott - RT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
     <t>#77 Guadalupe Ortiz - RDE</t>
   </si>
   <si>
     <t>#94 Daniel Lopez - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#59 Raymond Ramirez - MLB</t>
   </si>
   <si>
     <t>#92 Richard Barker - WLB</t>
   </si>
   <si>
-    <t>#38 Alan Ramirez - SS</t>
+    <t>#38 Alan Ramirez - FS</t>
   </si>
   <si>
     <t>#47 Joseph Leroy - FS</t>
   </si>
   <si>
     <t>#37 Jason Toy - FS</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#38 Donald Bishop - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PIT 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-ATL 18 (8:24) 1-Robert Dorey 36 yard field goal is GOOD. PIT 3 ATL 0</t>
   </si>
   <si>
     <t>#57 Ronald Owens - LG</t>
   </si>
   <si>
     <t>#3 Robert Dorey - K</t>
   </si>
   <si>
     <t>#75 Jesse Cain - LT</t>
   </si>
   <si>
-    <t>#50 John Perez - RT</t>
+    <t>#66 John Perez - RT</t>
   </si>
   <si>
     <t>#60 Donald Erwin - RDE</t>
   </si>
   <si>
     <t>#51 Charles Volkert - MLB</t>
   </si>
   <si>
     <t>#97 Mike Morin - DT</t>
   </si>
   <si>
     <t>#95 Jack Dennis - MLB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(8:21) 1-Robert Dorey kicks 74 yards from PIT 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Joseph Ramos - RB</t>
   </si>
@@ -1181,51 +1181,51 @@
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>4-2-ATL 38 (4:25) 1-Robert Dorey 56 yard field goal is GOOD. PIT 6 ATL 0</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>(4:21) 1-Robert Dorey kicks 68 yards from PIT 35 to ATL -3. 41-Joseph Ramos to ATL 27 for 30 yards. Tackle by 98-Philip Benton.</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-ATL 27 (4:15) 6-Neal Guinn pass complete to 89-Timothy Weathers to ATL 40 for 13 yards. PIT 77-Anthony Reale was injured on the play. He looks like he should be able to return. PIT 93-Zachary Rice was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#51 Valentine Derrick - RDE</t>
+    <t>#55 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>1-10-ATL 40 (3:34) 40-Harold Sheppard ran to ATL 44 for 4 yards. Tackle by 99-Stephen Austin.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>2-6-ATL 44 (3:01) 6-Neal Guinn pass incomplete, intended for 89-Timothy Weathers. PENALTY - Offsides (PIT 60-James Marks)</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>ATL 49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>