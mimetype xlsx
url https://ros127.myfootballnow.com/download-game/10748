--- v2 (2026-01-26)
+++ v3 (2026-03-28)
@@ -302,54 +302,54 @@
   <si>
     <t>(15:00) 7-Jimmy Saito kicks 75 yards from ATL 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>#30 Andrew Langlinais - RB</t>
   </si>
   <si>
     <t>#54 Donald Smalls - SLB</t>
   </si>
   <si>
     <t>#65 Clifford Young - DT</t>
   </si>
   <si>
     <t>#95 Gary Mackie - SLB</t>
   </si>
   <si>
     <t>#75 Anthony Myers - RDE</t>
   </si>
   <si>
     <t>#49 Craig King - CB</t>
   </si>
   <si>
     <t>#70 Lamar Brown - DT</t>
   </si>
   <si>
-    <t>#95 Michael Cope - RDE</t>
-[...2 lines deleted...]
-    <t>#24 Andres Garmon - SS</t>
+    <t>#60 Michael Cope - RDE</t>
+  </si>
+  <si>
+    <t>#36 Andres Garmon - SS</t>
   </si>
   <si>
     <t>#98 Philip Benton - WLB</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#7 Jimmy Saito - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 16-Mark Malone pass complete to 82-David Morrison to PIT 32 for 7 yards. Tackle by 26-Alan Ramirez. ATL 53-Mark Burns was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -368,66 +368,66 @@
   <si>
     <t>#84 Randolph Branch - WR</t>
   </si>
   <si>
     <t>#81 Willie Hardin - WR</t>
   </si>
   <si>
     <t>#67 John Gomez - LT</t>
   </si>
   <si>
     <t>#69 Wesley Ellis - LG</t>
   </si>
   <si>
     <t>#56 Tim Walden - C</t>
   </si>
   <si>
     <t>#63 Thomas Ramsey - RG</t>
   </si>
   <si>
     <t>#78 Shawn Scott - RT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
-    <t>#77 Guadalupe Ortiz - RDE</t>
+    <t>#77 Guadalupe Ortiz - LDE</t>
   </si>
   <si>
     <t>#94 Daniel Lopez - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#59 Raymond Ramirez - MLB</t>
   </si>
   <si>
     <t>#92 Richard Barker - WLB</t>
   </si>
   <si>
-    <t>#38 Alan Ramirez - FS</t>
+    <t>#2 Alan Ramirez - FS</t>
   </si>
   <si>
     <t>#47 Joseph Leroy - FS</t>
   </si>
   <si>
     <t>#37 Jason Toy - FS</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#38 Donald Bishop - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PIT 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>#62 Dewayne Denker - RG</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>3-9-ATL 26 (7:15) 6-Neal Guinn pass Pass knocked down by 49-Craig King. incomplete, intended for 8-Allen Edwards.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-ATL 26 (7:12) 15-Sylvester James punts 48 yards to PIT 26. 82-David Morrison to PIT 31 for 5 yards. Tackle by 42-Dennis Kaiser.</t>
   </si>
   <si>
-    <t>#15 Sylvester James - P</t>
+    <t>#6 Sylvester James - P</t>
   </si>
   <si>
     <t>#49 Shaun Grandstaff - FB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>1-10-PIT 31 (7:04) 20-Carlos Townsend ran to PIT 39 for 8 yards. Tackle by 29-Joseph Leroy.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-2-PIT 39 (6:19) 25-James Mitchell ran to PIT 43 for 4 yards. Tackle by 22-Jason Toy. PENALTY - Holding (PIT 82-David Morrison)</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
@@ -1211,51 +1211,51 @@
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>1-10-ATL 40 (3:34) 40-Harold Sheppard ran to ATL 44 for 4 yards. Tackle by 99-Stephen Austin.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>2-6-ATL 44 (3:01) 6-Neal Guinn pass incomplete, intended for 89-Timothy Weathers. PENALTY - Offsides (PIT 60-James Marks)</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>ATL 49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-1-ATL 49 (2:58) 24-Sergio Cunningham ran to ATL 48 for -1 yards. Tackle by 95-Michael Cope.</t>
   </si>
   <si>
-    <t>#59 Curtis Justice - MLB</t>
+    <t>#51 Curtis Justice - MLB</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>ATL 48</t>
   </si>
   <si>
     <t>3-2-ATL 48 (2:23) 40-Harold Sheppard ran to PIT 49 for 3 yards. Tackle by 34-Garry Taber.</t>
   </si>
   <si>
     <t>#84 Roy Olson - WR</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>PIT 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -1712,51 +1712,51 @@
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>3-1-ATL 14 (11:00) 24-Sergio Cunningham ran to ATL 15 for 1 yards. Tackle by 73-Anthony Myers.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>1-10-ATL 15 (10:17) 4-Michael Fritts pass incomplete, dropped by 85-Shaun Grandstaff. PIT 95-Michael Cope was injured on the play.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>2-10-ATL 15 (10:15) 4-Michael Fritts ran to ATL 21 for 6 yards. Tackle by 97-Orval Sage. PIT 91-Valentine Derrick was injured on the play. PIT 40-Michael Miller was injured on the play.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>3-4-ATL 21 (9:27) 24-Sergio Cunningham ran to ATL 29 for 8 yards. Tackle by 21-Christopher Elder. PENALTY - Offsides (PIT 73-Anthony Myers) (Declined)</t>
   </si>
   <si>
-    <t>#94 Andrew Teel - MLB</t>
+    <t>#90 Andrew Teel - MLB</t>
   </si>
   <si>
     <t>#99 Michael Hughes - SLB</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>1-10-ATL 29 (9:24) 4-Michael Fritts pass complete to 41-Joseph Ramos to ATL 36 for 7 yards. Tackle by 29-Keith Client.</t>
   </si>
   <si>
     <t>#2 Thomas Ness - WR</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>2-3-ATL 36 (8:48) 4-Michael Fritts pass complete to 16-Jason Collins to ATL 40 for 5 yards. Tackle by 21-Christopher Elder. Nice job by 16-Jason Collins on that route to lose his coverage. Pressure by 73-Anthony Myers.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
@@ -2295,51 +2295,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="364.482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>