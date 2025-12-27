--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -290,57 +290,57 @@
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-George Blakely kicks 74 yards from NED 35 to DAL -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Gary Gose - RB</t>
   </si>
   <si>
     <t>#92 Abel Kolar - LDE</t>
   </si>
   <si>
     <t>#36 Robert Nicklas - SS</t>
   </si>
   <si>
-    <t>#51 Fred Cade - MLB</t>
+    <t>#99 Fred Cade - MLB</t>
   </si>
   <si>
     <t>#73 Donald Graham - DT</t>
   </si>
   <si>
-    <t>#51 Alfred Cardenas - DT</t>
+    <t>#73 Alfred Cardenas - DT</t>
   </si>
   <si>
     <t>#99 James Barclay - LDE</t>
   </si>
   <si>
     <t>#58 Reed Brooks - CB</t>
   </si>
   <si>
     <t>#92 Joseph Hernandez - DT</t>
   </si>
   <si>
     <t>#4 Vern Vines - WR</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#3 George Blakely - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
@@ -353,81 +353,81 @@
   <si>
     <t>1-10-DAL 25 (15:00) 18-Esteban Yang pass Pass knocked down by 42-Douglas Smith. incomplete, intended for 89-Joseph Singh.</t>
   </si>
   <si>
     <t>#2 Esteban Yang - QB</t>
   </si>
   <si>
     <t>#33 Robert Morris - RB</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#81 Boyd Daw - WR</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
-    <t>#62 Earl Norton - C</t>
+    <t>#57 Earl Norton - C</t>
   </si>
   <si>
     <t>#76 Alfonso Mullins - RG</t>
   </si>
   <si>
     <t>#55 Andrea Barrera - RT</t>
   </si>
   <si>
-    <t>#52 Bruce Young - LDE</t>
+    <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
   <si>
-    <t>#38 Jamar Wells - SS</t>
+    <t>#96 Jamar Wells - WLB</t>
   </si>
   <si>
     <t>#48 Andrew Johnson - CB</t>
   </si>
   <si>
     <t>#41 James Armstrong - SS</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-DAL 25 (14:56) 33-Robert Morris ran to DAL 33 for 8 yards. Tackle by 51-Bernard Shiver.</t>
   </si>
   <si>
     <t>#36 Donnie Holder - FB</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#30 Henry Stanton - RB</t>
   </si>
   <si>
     <t>#46 Paul Stenberg - MLB</t>
   </si>
   <si>
     <t>#29 Michael Ellison - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DAL 37 (13:39) 18-Esteban Yang pass complete to 89-Joseph Singh to DAL 43 for 6 yards. Tackle by 91-Jim Vazquez.</t>
   </si>
   <si>
-    <t>#27 Matthew Driver - RB</t>
+    <t>#12 Matthew Driver - RB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-4-DAL 43 (13:01) 18-Esteban Yang sacked at DAL 37 for -6 yards (46-Paul Stenberg)</t>
   </si>
   <si>
     <t>#77 Glenn Lara - RG</t>
   </si>
   <si>
     <t>#54 Joseph Perez - SLB</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -509,57 +509,57 @@
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>DAL 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-DAL 44 (11:42) 12-Dustin Hiner punts 49 yards to NED 7.</t>
   </si>
   <si>
     <t>#12 Dustin Hiner - P</t>
   </si>
   <si>
-    <t>#36 Eugene Fortner - RB</t>
+    <t>#37 Eugene Fortner - RB</t>
   </si>
   <si>
     <t>#39 Isaac Fitzgerald - FS</t>
   </si>
   <si>
-    <t>#76 Michael Terry - RDE</t>
+    <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>NED 7</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-NED 7 (11:34) 15-Frank Despres pass complete to 13-Robert Cook to NED 14 for 7 yards. Tackle by 32-Roger Johnson. 32-Roger Johnson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#15 Frank Despres - QB</t>
   </si>
   <si>
     <t>#7 Justin Lehman - RB</t>
   </si>
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
@@ -650,69 +650,69 @@
   <si>
     <t>2-1-NED 30 (9:49) 15-Frank Despres pass Pass knocked down by 92-Abel Kolar. incomplete, intended for 80-Jesse Darling. DAL 54-Brian Bohanon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Leo Valdez - FB</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-1-NED 30 (9:47) 44-Justin Lehman ran to NED 30 for a short gain. Tackle by 56-Reed Brooks.</t>
   </si>
   <si>
     <t>#35 Kenneth Brown - FB</t>
   </si>
   <si>
     <t>#85 Harold Soler - TE</t>
   </si>
   <si>
-    <t>#53 Michael Hood - MLB</t>
+    <t>#97 Michael Hood - MLB</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>4-1-NED 30 (9:05) 16-Bennie Peters punts 49 yards to DAL 22. 4-Vern Vines to DAL 26 for 5 yards. Tackle by 47-Adrian Leming.</t>
   </si>
   <si>
     <t>#16 Bennie Peters - P</t>
   </si>
   <si>
     <t>#71 Noble Hill - C</t>
   </si>
   <si>
     <t>#73 Thomas Heard - LT</t>
   </si>
   <si>
-    <t>#77 Matt Patrick - DT</t>
+    <t>#67 Matt Patrick - DT</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-DAL 26 (8:56) 18-Esteban Yang pass Pass knocked down by 29-Michael Ellison. incomplete, intended for 4-Vern Vines.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -827,51 +827,51 @@
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-6-NED 14 (4:41) 18-Esteban Yang pass complete to 39-Gary Gose for 14 yards. TOUCHDOWN! NED 0 DAL 6</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:37) Extra point GOOD by 3-Isaac Kurtz. NED 0 DAL 7</t>
   </si>
   <si>
     <t>#5 Isaac Kurtz - K</t>
   </si>
   <si>
-    <t>#48 Joshua Mathis - WLB</t>
+    <t>#75 Joshua Mathis - LDE</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(4:37) 3-Isaac Kurtz kicks 73 yards from DAL 35 to NED -8. 36-Eugene Fortner to NED 24 for 33 yards. Tackle by 99-James Barclay.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>NED 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NED 24 (4:32) 44-Justin Lehman ran to NED 34 for 10 yards. Tackle by 42-Mario Chacon. DAL 95-Billy Harris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>NED 34</t>
   </si>
@@ -1520,51 +1520,51 @@
   <si>
     <t>1-20-DAL 15 (5:08) 1-Gerard Vail pass complete to 15-Henry Stanton to DAL 21 for 6 yards. Tackle by 29-Michael Ellison. 15-Henry Stanton made a great move on the CB. PENALTY - Pass Interference (NED 29-Michael Ellison)</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>1-10-DAL 23 (5:04) 39-Gary Gose ran to DAL 24 for 2 yards. Tackle by 65-Hector Savage. DAL 39-Gary Gose was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>2-8-DAL 24 (4:24) 1-Gerard Vail ran to DAL 36 for 11 yards. Tackle by 65-Hector Savage. 11-Anthony Hogan totally missed that block. 11-Anthony Hogan completely missed his blocking assignment. PENALTY - Holding (DAL 27-Matthew Driver)</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>2-18-DAL 14 (4:15) 1-Gerard Vail pass Pass knocked down by 56-Joshua Mathis. incomplete, intended for 88-Adolfo Arrington.</t>
   </si>
   <si>
     <t>#85 Fred Gay - WR</t>
   </si>
   <si>
-    <t>#17 William Skinner - QB</t>
+    <t>#13 William Skinner - QB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-18-DAL 14 (4:12) (Hot Read) 1-Gerard Vail pass Pass knocked down by 90-Jeffrey Kelly. incomplete, intended for 27-Matthew Driver. Pressure by 54-Joseph Perez.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>4-18-DAL 14 (4:09) 12-Dustin Hiner punts 43 yards to NED 43. 81-Robert Parr to DAL 47 for 10 yards. Tackle by 60-Joseph Hernandez.</t>
   </si>
   <si>
     <t>DAL 47</t>
   </si>
   <si>
     <t>1-10-DAL 47 (4:01) 44-Justin Lehman ran to DAL 43 for 5 yards. Tackle by 58-Timothy Rodriguez.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>