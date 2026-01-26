--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-DAL 25 (15:00) 18-Esteban Yang pass Pass knocked down by 42-Douglas Smith. incomplete, intended for 89-Joseph Singh.</t>
   </si>
   <si>
     <t>#2 Esteban Yang - QB</t>
   </si>
   <si>
     <t>#33 Robert Morris - RB</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#81 Boyd Daw - WR</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
-    <t>#57 Earl Norton - C</t>
+    <t>#51 Earl Norton - C</t>
   </si>
   <si>
     <t>#76 Alfonso Mullins - RG</t>
   </si>
   <si>
     <t>#55 Andrea Barrera - RT</t>
   </si>
   <si>
     <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>