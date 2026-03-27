--- v2 (2026-01-26)
+++ v3 (2026-03-27)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-DAL 25 (15:00) 18-Esteban Yang pass Pass knocked down by 42-Douglas Smith. incomplete, intended for 89-Joseph Singh.</t>
   </si>
   <si>
     <t>#2 Esteban Yang - QB</t>
   </si>
   <si>
     <t>#33 Robert Morris - RB</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#81 Boyd Daw - WR</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
-    <t>#51 Earl Norton - C</t>
+    <t>#55 Earl Norton - C</t>
   </si>
   <si>
     <t>#76 Alfonso Mullins - RG</t>
   </si>
   <si>
     <t>#55 Andrea Barrera - RT</t>
   </si>
   <si>
     <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#7 Justin Lehman - RB</t>
   </si>
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
   <si>
     <t>#86 William Eddins - WR</t>
   </si>
   <si>
     <t>#81 Robert Cook - WR</t>
   </si>
   <si>
     <t>#79 Adam Williams - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
-    <t>#53 Oscar Osborne - RT</t>
+    <t>#63 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#54 Brian Bohanon - MLB</t>
   </si>
   <si>
     <t>#44 Billy Harris - SS</t>
   </si>
   <si>
     <t>#23 Stephen Dodds - SS</t>
   </si>
   <si>
     <t>#42 Mario Chacon - FS</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>NED 14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-6-NED 14 (4:41) 18-Esteban Yang pass complete to 39-Gary Gose for 14 yards. TOUCHDOWN! NED 0 DAL 6</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:37) Extra point GOOD by 3-Isaac Kurtz. NED 0 DAL 7</t>
   </si>
   <si>
-    <t>#5 Isaac Kurtz - K</t>
+    <t>#18 Isaac Kurtz - K</t>
   </si>
   <si>
     <t>#75 Joshua Mathis - LDE</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(4:37) 3-Isaac Kurtz kicks 73 yards from DAL 35 to NED -8. 36-Eugene Fortner to NED 24 for 33 yards. Tackle by 99-James Barclay.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>NED 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NED 24 (4:32) 44-Justin Lehman ran to NED 34 for 10 yards. Tackle by 42-Mario Chacon. DAL 95-Billy Harris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
@@ -1310,51 +1310,51 @@
   <si>
     <t>3-8-NED 39 (13:16) 11-Brian Segura pass incomplete, intended for 44-Justin Lehman.</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>4-8-NED 39 (13:14) 16-Bennie Peters punts 50 yards to DAL 11. Fair Catch by 39-Gary Gose.</t>
   </si>
   <si>
     <t>#75 Paul Ginter - C</t>
   </si>
   <si>
     <t>#98 John Reed - DT</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 11 (13:08) 1-Gerard Vail pass complete to 15-Henry Stanton to DAL 19 for 7 yards. Tackle by 29-Michael Ellison. Great move by 15-Henry Stanton to get free of his coverage.</t>
   </si>
   <si>
-    <t>#1 Gerard Vail - QB</t>
+    <t>#11 Gerard Vail - QB</t>
   </si>
   <si>
     <t>#79 Hector Hart - RG</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>DAL 19</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-3-DAL 19 (12:22) 39-Gary Gose ran to DAL 21 for 2 yards. Tackle by 46-Paul Stenberg. DAL 79-Hector Hart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Adolfo Arrington - TE</t>
   </si>
   <si>
     <t>#16 Craig Rippeon - WR</t>
   </si>
   <si>
     <t>11:45</t>
   </si>