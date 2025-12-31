--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -422,57 +422,57 @@
   <si>
     <t>#48 Thomas Epps - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-6-NYN 35 (14:18) 3-Jimmy Miller pass incomplete, intended for 83-Charles Carrasco.</t>
   </si>
   <si>
     <t>#39 David Waring - RB</t>
   </si>
   <si>
     <t>#17 Floyd Leavitt - WR</t>
   </si>
   <si>
-    <t>#97 Murray Escobar - LDE</t>
+    <t>#70 Murray Escobar - DT</t>
   </si>
   <si>
     <t>#32 David Tolbert - CB</t>
   </si>
   <si>
-    <t>#43 Justin Bishop - FS</t>
+    <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-6-NYN 35 (14:16) 34-David Waring ran to NYN 48 for 12 yards. Tackle by 94-Mike Buffington. NYN 34-David Waring was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>2-4-KCY 36 (10:45) 83-Charles Carrasco ran to KCY 35 for 1 yards. Tackle by 98-Nathan Johnson.</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>3-4-KCY 35 (10:10) 3-Jimmy Miller pass incomplete, intended for 88-Joseph Salinas.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-KCY 35 (10:06) 6-Raul Allegre 53 yard field goal is GOOD. KCY 0 NYN 3</t>
   </si>
   <si>
-    <t>#2 Rodolfo Bergh - P</t>
+    <t>#7 Rodolfo Bergh - P</t>
   </si>
   <si>
     <t>#6 Raul Allegre - K</t>
   </si>
   <si>
     <t>#75 Charles Johnson - RT</t>
   </si>
   <si>
     <t>#79 Justin Vandervort - LG</t>
   </si>
   <si>
     <t>#74 Frank Hayes - LG</t>
   </si>
   <si>
     <t>#65 Joseph Fuentes - C</t>
   </si>
   <si>
     <t>#57 Eugene Hughes - LT</t>
   </si>
   <si>
     <t>#60 Brian Rivera - RG</t>
   </si>
   <si>
     <t>#63 Robert Pewitt - C</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#51 Andrew Logsdon - MLB</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>(10:03) 6-Raul Allegre kicks 75 yards from NYN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>#49 John Williams - RB</t>
   </si>
   <si>
     <t>#76 David Bonomo - LT</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-KCY 25 (10:03) 35-Joseph Johnson ran to KCY 28 for 3 yards. Tackle by 58-Jack Costigan.</t>
   </si>
   <si>
-    <t>#4 Christopher Feaster - QB</t>
+    <t>#3 Christopher Feaster - QB</t>
   </si>
   <si>
     <t>#35 Joseph Johnson - RB</t>
   </si>
   <si>
     <t>#83 Edward Webb - FB</t>
   </si>
   <si>
     <t>#18 Mark Kelso - WR</t>
   </si>
   <si>
     <t>#13 John Myers - WR</t>
   </si>
   <si>
     <t>#89 Armando Young - WR</t>
   </si>
   <si>
     <t>#66 Alexander Perales - LG</t>
   </si>
   <si>
     <t>#77 Cruz Martinez - C</t>
   </si>
   <si>
     <t>#73 William Willis - RG</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>2-7-KCY 28 (9:24) 35-Joseph Johnson ran to KCY 35 for 6 yards. Tackle by 96-George Potter. 77-Cruz Martinez was caught flat-footed on this play. KCY 35-Joseph Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#96 George Potter - DT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>3-1-KCY 35 (8:48) 30-James Peterson ran to KCY 34 for -1 yards. Tackle by 71-Ronald Wolf. NYN 22-Scott Martin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#30 James Peterson - RB</t>
   </si>
   <si>
-    <t>#81 Clarence Bunnell - TE</t>
+    <t>#88 Clarence Bunnell - TE</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>KCY 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-KCY 34 (8:05) 2-Maurice Richie punts 46 yards to NYN 20. Fair Catch by 13-John Middleton.</t>
   </si>
   <si>
     <t>#2 Maurice Richie - P</t>
   </si>
   <si>
     <t>#80 Ronald Watson - TE</t>
   </si>
   <si>
     <t>#61 Steven Johnson - RT</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-KCY 33 (1:30) 34-David Waring ran to KCY 23 for 10 yards. 34-David Waring FUMBLES (32-David Tolbert) recovered by KCY-36-Ronald Dunklin at KCY 20. Tackle by 1-Malik Nabers. 43-Justin Bishop was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-KCY 20 (1:24) 35-Joseph Johnson ran to KCY 21 for 1 yards. Tackle by 58-Jack Costigan. KCY 79-Travis Farrow was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#79 Alexander Williams - LDE</t>
+    <t>#77 Alexander Williams - LDE</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>KCY 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-9-KCY 21 (0:50) 35-Joseph Johnson ran to KCY 19 for -2 yards. Tackle by 26-Ward Fitch.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>KCY 19</t>
   </si>
   <si>
     <t>3-12-KCY 19 (0:15) 4-Christopher Feaster pass complete to 81-Clarence Bunnell to KCY 44 for 25 yards. Tackle by 26-Ward Fitch.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
@@ -1229,102 +1229,102 @@
   <si>
     <t>1-10-KCY 50 (1:26) 3-Jimmy Miller pass complete to 82-Robert Traynor to KCY 40 for 10 yards. Tackle by 43-Justin Bishop.</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>KCY 40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-1-KCY 40 (1:02) 3-Jimmy Miller pass complete to 34-David Waring to KCY 36 for 4 yards. Tackle by 32-David Tolbert.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-KCY 36 (0:39) 3-Jimmy Miller sacked at KCY 46 for -10 yards (75-John Clark). Sack allowed by 78-John Abbott. 78-John Abbott was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#14 Charles Zumwalt - WR</t>
+    <t>#84 Charles Zumwalt - WR</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>KCY 46</t>
   </si>
   <si>
     <t>2-20-KCY 46 (0:33) 3-Jimmy Miller pass complete to 87-Micah Chupp to KCY 38 for 9 yards. Tackle by 20-Alexander Spinks.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>KCY 38</t>
   </si>
   <si>
     <t>3-11-KCY 38 (0:05) 6-Raul Allegre 56 yard field goal is GOOD. KCY 0 NYN 6</t>
   </si>
   <si>
     <t>(0:01) 6-Raul Allegre kicks 74 yards from NYN 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (0:01) 35-Joseph Johnson ran to KCY 23 for -2 yards. Tackle by 58-Jack Costigan.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 6-Raul Allegre kicks 75 yards from NYN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 30-James Peterson ran to KCY 27 for 2 yards. Tackle by 90-Charles Moss.</t>
   </si>
   <si>
     <t>#19 Richard Welch - QB</t>
   </si>
   <si>
     <t>#85 Curtis Blevins - TE</t>
   </si>
   <si>
     <t>#15 Danny Fitzgerald - WR</t>
   </si>
   <si>
-    <t>#57 Bryce Marshall - WLB</t>
+    <t>#42 Bryce Marshall - FS</t>
   </si>
   <si>
     <t>#29 Javier Elder - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>KCY 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-8-KCY 27 (14:17) 19-Richard Welch ran to KCY 40 for 13 yards. 19-Richard Welch slides to avoid being hit.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-KCY 40 (13:36) 19-Richard Welch pass complete to 13-John Myers to KCY 49 for 9 yards. Tackle by 57-Bryce Marshall. KCY 52-Desmond Curtis was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1343,51 +1343,51 @@
   <si>
     <t>#88 James Gilliard - WR</t>
   </si>
   <si>
     <t>1-10-KCY 50 (12:11) 19-Richard Welch pass complete to 49-John Williams to KCY 45 for -5 yards. Tackle by 79-Alexander Williams. 88-James Gilliard completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>2-15-KCY 45 (11:27) 49-John Williams ran to KCY 46 for 1 yards. 49-John Williams FUMBLES (59-Karl Lucas) recovered by NYN-59-Karl Lucas at KCY 42. Tackle by 83-Edward Webb.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-KCY 42 (11:22) 3-Jimmy Miller pass complete to 16-Charles Zumwalt to KCY 41 for 1 yards. Tackle by 59-Robert Haynes.</t>
   </si>
   <si>
-    <t>#94 Robert Haynes - MLB</t>
+    <t>#53 Robert Haynes - MLB</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>2-9-KCY 41 (10:45) 83-Charles Carrasco ran to KCY 34 for 7 yards. Tackle by 20-Alexander Spinks.</t>
   </si>
   <si>
     <t>#38 Andre Avis - RB</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>3-2-KCY 34 (10:04) 83-Charles Carrasco ran to KCY 36 for -2 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>4-4-KCY 36 (9:21) 6-Raul Allegre 54 yard field goal is GOOD. KCY 0 NYN 9</t>
   </si>
@@ -2211,51 +2211,51 @@
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>