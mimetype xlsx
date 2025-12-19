--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -287,54 +287,54 @@
   <si>
     <t>MIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Ledford kicks 66 yards from OAK 35 to MIN -1. 19-Bruce Barnes to MIN 24 for 26 yards. Tackle by 24-Robert Durham.</t>
   </si>
   <si>
     <t>#19 Bruce Barnes - WR</t>
   </si>
   <si>
     <t>#79 Bruce Hogan - LDE</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
-[...2 lines deleted...]
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#59 Brian Watts - DT</t>
+  </si>
+  <si>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>#1 David Ledford - K</t>
   </si>
@@ -377,243 +377,243 @@
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#56 Manuel Hughes - RT</t>
   </si>
   <si>
     <t>#94 Gabriel Burton - LDE</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>
   <si>
     <t>#93 Milton Russo - RDE</t>
   </si>
   <si>
-    <t>#78 James Schreiber - LDE</t>
+    <t>#78 James Schreiber - RDE</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
-    <t>#49 Osvaldo Dessert - WLB</t>
+    <t>#49 Osvaldo Dessert - SLB</t>
   </si>
   <si>
     <t>#20 Francisco Bolger - CB</t>
   </si>
   <si>
     <t>#22 Brent Simmons - CB</t>
   </si>
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
-    <t>#38 Robert Fobbs - SS</t>
+    <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#45 Thomas Brown - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-13-MIN 21 (14:21) 2-Andrew Comstock pass complete to 85-William Johnson to MIN 25 for 4 yards. Tackle by 90-Mitchell Hooker.</t>
   </si>
   <si>
-    <t>#23 Edward Anderson - FB</t>
+    <t>#31 Edward Anderson - FB</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>3-9-MIN 25 (13:43) 2-Andrew Comstock pass Pass knocked down by 98-Daniel Merced. incomplete, intended for 23-Edward Anderson.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-MIN 25 (13:38) 8-Jesse Mendivil punts 48 yards to OAK 27. Fair Catch by 32-Eric McGrath.</t>
   </si>
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
   <si>
     <t>#32 Eric McGrath - RB</t>
   </si>
   <si>
     <t>#92 Jeffrey Nicholson - SS</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
-    <t>#16 Terrence Mannion - WR</t>
-[...2 lines deleted...]
-    <t>#87 Fred Jones - TE</t>
+    <t>#4 Terrence Mannion - RB</t>
+  </si>
+  <si>
+    <t>#43 Fred Jones - RB</t>
   </si>
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 27 (13:31) 32-Eric McGrath ran to OAK 27 for a short gain. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
-    <t>#4 Steven Jacobs - QB</t>
+    <t>#11 Steven Jacobs - QB</t>
   </si>
   <si>
     <t>#15 John Prater - WR</t>
   </si>
   <si>
     <t>#82 Pete Stern - RB</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#71 Larry Caldwell - RT</t>
   </si>
   <si>
-    <t>#60 Gary Long - RG</t>
-[...2 lines deleted...]
-    <t>#64 John Peterson - C</t>
+    <t>#57 Gary Long - C</t>
+  </si>
+  <si>
+    <t>#78 John Peterson - C</t>
   </si>
   <si>
     <t>#63 Andrew Crist - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#53 Charles Hicks - RDE</t>
   </si>
   <si>
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>2-10-OAK 27 (12:55) 32-Eric McGrath ran to OAK 31 for 4 yards. Tackle by 57-David White.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-6-OAK 31 (12:16) 32-Eric McGrath ran to OAK 29 for -2 yards. Tackle by 57-David White.</t>
   </si>
   <si>
     <t>#83 James Merrill - WR</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>OAK 29</t>
   </si>
   <si>
     <t>4-8-OAK 29 (11:33) 2-Larry Carleton punts 50 yards to MIN 21. Fair Catch by 19-Bruce Barnes.</t>
   </si>
   <si>
-    <t>#3 Larry Carleton - P</t>
+    <t>#9 Larry Carleton - P</t>
   </si>
   <si>
     <t>#61 Allen Peters - LG</t>
   </si>
   <si>
     <t>#77 Kenneth Murray - LT</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
     <t>#17 George Butler - WR</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -662,78 +662,78 @@
   <si>
     <t>MIN 38</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 38 (9:59) 4-Steven Jacobs pass incomplete, intended for 32-Eric McGrath. OAK 58-John Peterson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-MIN 38 (9:57) 4-Steven Jacobs pass incomplete, intended for 83-James Merrill.</t>
   </si>
   <si>
-    <t>#56 Ramon Bell - C</t>
+    <t>#58 Ramon Bell - C</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-10-MIN 38 (9:55) 32-Eric McGrath ran to MIN 29 for 10 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MIN 29 (9:20) 5-David Ledford 46 yard field goal is GOOD. OAK 3 MIN 0</t>
   </si>
   <si>
-    <t>#55 Michael Sullivan - LG</t>
+    <t>#1 Michael Sullivan - WR</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>(9:16) 5-David Ledford kicks 70 yards from OAK 35 to MIN -5. 19-Bruce Barnes to MIN 20 for 25 yards. Tackle by 24-Robert Durham.</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIN 20 (9:12) 27-John Hayes ran to MIN 23 for 3 yards. Tackle by 96-Osvaldo Dessert. PENALTY - Facemask (OAK 96-Osvaldo Dessert)</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>1-10-MIN 44 (5:09) 4-Steven Jacobs pass complete to 83-James Merrill to MIN 39 for 6 yards. Tackle by 34-Steven Cortez.</t>
   </si>
   <si>
     <t>#34 Steven Cortez - CB</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>MIN 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-4-MIN 39 (4:30) 4-Steven Jacobs pass Pass knocked down by 51-Jeremy Lake. incomplete, intended for 83-James Merrill.</t>
   </si>
   <si>
-    <t>#52 Robert Quinn - SLB</t>
+    <t>#27 Robert Quinn - CB</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-4-MIN 39 (4:27) 4-Steven Jacobs pass complete to 19-Shane Murphy to MIN 22 for 17 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
     <t>#16 Darren Vallee - WR</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>MIN 22</t>
   </si>
@@ -1043,69 +1043,69 @@
   <si>
     <t>1-10-OAK 49 (13:01) 80-James Bellows ran to OAK 38 for 11 yards. Tackle by 20-Francisco Bolger.</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>OAK 38</t>
   </si>
   <si>
     <t>1-10-OAK 38 (12:17) 2-Andrew Comstock pass complete to 89-Arron Stanley to OAK 14 for 25 yards. Tackle by 96-Osvaldo Dessert. Nice job by 89-Arron Stanley on that route to lose his coverage.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>1-10-OAK 14 (11:34) 2-Andrew Comstock pass complete to 88-Cornelius Meek to OAK 9 for 5 yards. Tackle by 20-Francisco Bolger. MIN 60-James Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#54 Harold Elledge - MLB</t>
+    <t>#79 Harold Elledge - RDE</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>OAK 9</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-OAK 9 (10:55) 27-John Hayes ran to OAK 2 for 7 yards. Tackle by 94-Gabriel Burton.</t>
   </si>
   <si>
-    <t>#55 Myron Bean - RT</t>
+    <t>#79 Myron Bean - LT</t>
   </si>
   <si>
     <t>#59 Michael Freeman - WLB</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>OAK 2</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-2-OAK 2 (10:20) 2-Andrew Comstock pass complete to 85-William Johnson for 2 yards. TOUCHDOWN! OAK 10 MIN 6</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
@@ -1403,102 +1403,102 @@
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-MIN 47 (0:11) 4-Steven Jacobs pass complete to 30-Michael Bautista to MIN 40 for 6 yards. Tackle by 22-Daniel Noland. 18-Charles Berry completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to OAK -10. Touchback.</t>
   </si>
   <si>
     <t>#91 Derrick Jackson - WLB</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 6-Clyde Prieto pass Pass knocked down by 96-Steven Lewis. incomplete, intended for 42-Clark Cole.</t>
   </si>
   <si>
-    <t>#7 Clyde Prieto - RB</t>
+    <t>#1 Clyde Prieto - QB</t>
   </si>
   <si>
     <t>#91 Phillip Thomas - LDE</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-OAK 25 (14:57) 6-Clyde Prieto pass incomplete, dropped by 17-Johnny Petty. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>#50 Loren Hart - MLB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>3-10-OAK 25 (14:54) 6-Clyde Prieto sacked at OAK 17 for -8 yards (38-John Mahurin) OAK 61-Allen Peters was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>4-18-OAK 17 (14:18) 2-Larry Carleton punts 50 yards to MIN 33. Fair Catch by 19-Bruce Barnes.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>MIN 33</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-MIN 33 (14:11) 13-Ernest Forney pass incomplete, dropped by 87-Fred Jones.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
-    <t>#73 Thomas Carter - RT</t>
+    <t>#62 Thomas Carter - RG</t>
   </si>
   <si>
     <t>#79 Michael Clemons - C</t>
   </si>
   <si>
-    <t>#67 Raymond Lee - LT</t>
+    <t>#81 Raymond Lee - FB</t>
   </si>
   <si>
     <t>#95 John Oconnor - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>2-10-MIN 33 (14:09) 13-Ernest Forney pass INTERCEPTED by 92-Jeffrey Nicholson at MIN 47. 92-Jeffrey Nicholson to MIN 47 for -0 yards. Tackle by 82-Jose Sprouse. MIN 61-Ronnie Heath was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-MIN 47 (14:05) 6-Clyde Prieto pass complete to 82-Pete Stern to MIN 42 for 5 yards. Tackle by 59-Gregory Morgan.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
@@ -2370,106 +2370,106 @@
   <dimension ref="A1:CD175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="401.045" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">