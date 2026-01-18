--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -491,51 +491,51 @@
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 27 (13:31) 32-Eric McGrath ran to OAK 27 for a short gain. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>#11 Steven Jacobs - QB</t>
   </si>
   <si>
-    <t>#15 John Prater - WR</t>
+    <t>#16 John Prater - WR</t>
   </si>
   <si>
     <t>#82 Pete Stern - RB</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#71 Larry Caldwell - RT</t>
   </si>
   <si>
     <t>#57 Gary Long - C</t>
   </si>
   <si>
     <t>#78 John Peterson - C</t>
   </si>
   <si>
     <t>#63 Andrew Crist - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
@@ -797,51 +797,51 @@
   <si>
     <t>OAK 14</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 14 (7:03) 32-Eric McGrath ran to OAK 25 for 11 yards. Tackle by 22-Daniel Noland.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-OAK 25 (6:25) 4-Steven Jacobs pass complete to 33-John Prater to OAK 41 for 15 yards. Tackle by 57-David White. MIN 22-Daniel Noland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#42 Clark Cole - RB</t>
+    <t>#21 Clark Cole - RB</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>1-10-OAK 41 (5:48) 4-Steven Jacobs pass complete to 18-Charles Berry to MIN 44 for 15 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
     <t>#30 Michael Bautista - FB</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>1-10-MIN 44 (5:09) 4-Steven Jacobs pass complete to 83-James Merrill to MIN 39 for 6 yards. Tackle by 34-Steven Cortez.</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-4-MIN 39 (4:30) 4-Steven Jacobs pass Pass knocked down by 51-Jeremy Lake. incomplete, intended for 83-James Merrill.</t>
   </si>
   <si>
     <t>#27 Robert Quinn - CB</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-4-MIN 39 (4:27) 4-Steven Jacobs pass complete to 19-Shane Murphy to MIN 22 for 17 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
-    <t>#16 Darren Vallee - WR</t>
+    <t>#17 Darren Vallee - WR</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>MIN 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 22 (3:45) 32-Eric McGrath ran to MIN 22 for a short gain. Tackle by 70-Brian Watts.</t>
   </si>
   <si>
     <t>#28 Gregory Matthews - CB</t>
   </si>
   <si>
     <t>#47 Stephen Golden - CB</t>
   </si>
   <si>
     <t>#38 John Mahurin - CB</t>
   </si>
@@ -1106,51 +1106,51 @@
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>(10:17) Extra point GOOD by 5-Brian Frost. OAK 10 MIN 7</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>#53 Timothy Harden - LDE</t>
   </si>
   <si>
     <t>#52 Isaac Sullivan - SLB</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(10:17) 5-Brian Frost kicks 71 yards from MIN 35 to OAK -6. Touchback.</t>
   </si>
   <si>
-    <t>#17 Arthur Hornbeck - WR</t>
+    <t>#2 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>1-10-OAK 25 (10:17) 4-Steven Jacobs pass complete to 18-Charles Berry to OAK 28 for 3 yards. 18-Charles Berry FUMBLES (95-William Mannings) recovered by MIN-43-Paul Cash to OAK 26 for 1 yards. Tackle by 32-Eric McGrath. Pressure by 95-William Mannings. MIN 57-David White was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>OAK 26</t>
   </si>
   <si>
     <t>1-10-OAK 26 (10:11) 2-Andrew Comstock pass complete to 23-Edward Anderson to OAK 17 for 9 yards. Tackle by 47-Brent Simmons.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>Timeout MIN</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>OAK 17</t>
   </si>
@@ -1451,51 +1451,51 @@
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>4-18-OAK 17 (14:18) 2-Larry Carleton punts 50 yards to MIN 33. Fair Catch by 19-Bruce Barnes.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>MIN 33</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-MIN 33 (14:11) 13-Ernest Forney pass incomplete, dropped by 87-Fred Jones.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#62 Thomas Carter - RG</t>
   </si>
   <si>
-    <t>#79 Michael Clemons - C</t>
+    <t>#71 Michael Clemons - C</t>
   </si>
   <si>
     <t>#81 Raymond Lee - FB</t>
   </si>
   <si>
     <t>#95 John Oconnor - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>2-10-MIN 33 (14:09) 13-Ernest Forney pass INTERCEPTED by 92-Jeffrey Nicholson at MIN 47. 92-Jeffrey Nicholson to MIN 47 for -0 yards. Tackle by 82-Jose Sprouse. MIN 61-Ronnie Heath was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-MIN 47 (14:05) 6-Clyde Prieto pass complete to 82-Pete Stern to MIN 42 for 5 yards. Tackle by 59-Gregory Morgan.</t>
   </si>
@@ -2402,66 +2402,66 @@
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>