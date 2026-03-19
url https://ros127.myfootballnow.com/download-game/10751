--- v2 (2026-01-18)
+++ v3 (2026-03-19)
@@ -341,60 +341,60 @@
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 24 (14:56) 27-John Hayes ran to MIN 21 for -3 yards. Tackle by 90-Mitchell Hooker.</t>
   </si>
   <si>
     <t>#2 Andrew Comstock - QB</t>
   </si>
   <si>
     <t>#27 John Hayes - RB</t>
   </si>
   <si>
-    <t>#89 Arron Stanley - TE</t>
+    <t>#85 Arron Stanley - WR</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#88 Cornelius Meek - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#56 Manuel Hughes - RT</t>
   </si>
   <si>
     <t>#94 Gabriel Burton - LDE</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>
   <si>
     <t>#93 Milton Russo - RDE</t>
   </si>
@@ -416,144 +416,144 @@
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
     <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#45 Thomas Brown - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-13-MIN 21 (14:21) 2-Andrew Comstock pass complete to 85-William Johnson to MIN 25 for 4 yards. Tackle by 90-Mitchell Hooker.</t>
   </si>
   <si>
-    <t>#31 Edward Anderson - FB</t>
+    <t>#31 Edward Anderson - TE</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>3-9-MIN 25 (13:43) 2-Andrew Comstock pass Pass knocked down by 98-Daniel Merced. incomplete, intended for 23-Edward Anderson.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-MIN 25 (13:38) 8-Jesse Mendivil punts 48 yards to OAK 27. Fair Catch by 32-Eric McGrath.</t>
   </si>
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
   <si>
     <t>#32 Eric McGrath - RB</t>
   </si>
   <si>
     <t>#92 Jeffrey Nicholson - SS</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
     <t>#4 Terrence Mannion - RB</t>
   </si>
   <si>
-    <t>#43 Fred Jones - RB</t>
+    <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 27 (13:31) 32-Eric McGrath ran to OAK 27 for a short gain. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>#11 Steven Jacobs - QB</t>
   </si>
   <si>
     <t>#16 John Prater - WR</t>
   </si>
   <si>
     <t>#82 Pete Stern - RB</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#71 Larry Caldwell - RT</t>
   </si>
   <si>
     <t>#57 Gary Long - C</t>
   </si>
   <si>
-    <t>#78 John Peterson - C</t>
+    <t>#59 John Peterson - C</t>
   </si>
   <si>
     <t>#63 Andrew Crist - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#53 Charles Hicks - RDE</t>
   </si>
   <si>
     <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>OAK 29</t>
   </si>
   <si>
     <t>4-8-OAK 29 (11:33) 2-Larry Carleton punts 50 yards to MIN 21. Fair Catch by 19-Bruce Barnes.</t>
   </si>
   <si>
     <t>#9 Larry Carleton - P</t>
   </si>
   <si>
     <t>#61 Allen Peters - LG</t>
   </si>
   <si>
     <t>#77 Kenneth Murray - LT</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MIN 21 (11:26) 27-John Hayes ran to MIN 20 for -2 yards. Tackle by 49-Don McIntosh. 23-Edward Anderson totally missed that block.</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#97 Terry Brown - RDE</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
@@ -881,51 +881,51 @@
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
     <t>#17 Darren Vallee - WR</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>MIN 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 22 (3:45) 32-Eric McGrath ran to MIN 22 for a short gain. Tackle by 70-Brian Watts.</t>
   </si>
   <si>
     <t>#28 Gregory Matthews - CB</t>
   </si>
   <si>
-    <t>#47 Stephen Golden - CB</t>
+    <t>#37 Stephen Golden - SS</t>
   </si>
   <si>
     <t>#38 John Mahurin - CB</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-MIN 22 (3:04) 4-Steven Jacobs pass complete to 17-Johnny Petty to MIN 18 for 4 yards. Tackle by 43-Paul Cash.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>MIN 18</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -1628,51 +1628,51 @@
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>2-10-MIN 40 (7:14) 42-Clark Cole ran to MIN 44 for -5 yards. Tackle by 68-James Machado.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>3-15-MIN 44 (6:36) 6-Clyde Prieto pass complete to 17-Johnny Petty to MIN 36 for 9 yards. Tackle by 59-Gregory Morgan.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>4-6-MIN 36 (5:58) 5-David Ledford 53 yard field goal is NO GOOD. (Wide Left) MIN 48-Richard Corey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>1-10-MIN 43 (5:54) 19-Bruce Barnes ran to MIN 46 for 4 yards. Tackle by 54-Harold Elledge. MIN 7-Virgilio Limon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#1 Virgilio Limon - QB</t>
+    <t>#10 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>
   <si>
     <t>2-6-MIN 46 (5:15) 13-Ernest Forney pass complete to 19-Bruce Barnes to OAK 49 for 5 yards. Tackle by 91-Derrick Jackson.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-2-OAK 49 (4:41) 80-James Bellows ran to OAK 38 for 11 yards. Tackle by 49-Don McIntosh.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>1-10-OAK 38 (4:01) 80-James Bellows ran to OAK 36 for 2 yards. Tackle by 97-Richard Akbar.</t>
   </si>