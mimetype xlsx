--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -305,174 +305,174 @@
   <si>
     <t>#24 Truman Dixon - RB</t>
   </si>
   <si>
     <t>#69 Ricardo Claar - DT</t>
   </si>
   <si>
     <t>#96 Dustin Brackett - MLB</t>
   </si>
   <si>
     <t>#27 Todd Andrews - SS</t>
   </si>
   <si>
     <t>#90 Herman Carlsen - LDE</t>
   </si>
   <si>
     <t>#21 Robert Stocking - FS</t>
   </si>
   <si>
     <t>#27 Alberto Bisbee - CB</t>
   </si>
   <si>
     <t>#97 Santiago Ramirez - LDE</t>
   </si>
   <si>
-    <t>#95 Mario Jones - RDE</t>
+    <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#63 Louis Balling - RDE</t>
   </si>
   <si>
-    <t>#98 Ricky Parkhill - MLB</t>
+    <t>#48 Ricky Parkhill - WLB</t>
   </si>
   <si>
     <t>#19 James Belanger - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>CHI 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 23 (14:55) 32-Maurice Orta ran to CHI 31 for 8 yards. Tackle by 25-Isaac Martin. BAL 59-Brian Gowins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#32 Maurice Orta - RB</t>
   </si>
   <si>
-    <t>#20 Michael Daniels - RB</t>
+    <t>#49 Michael Daniels - WR</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
   <si>
-    <t>#83 Richard Newell - TE</t>
+    <t>#8 Richard Newell - RB</t>
   </si>
   <si>
     <t>#80 William Glass - TE</t>
   </si>
   <si>
     <t>#84 Paul Jones - LT</t>
   </si>
   <si>
     <t>#60 Gary Johnson - LG</t>
   </si>
   <si>
-    <t>#55 Jacob Cromwell - C</t>
+    <t>#66 Jacob Cromwell - LT</t>
   </si>
   <si>
     <t>#68 Carl Farmer - LG</t>
   </si>
   <si>
     <t>#72 Luis Wright - RT</t>
   </si>
   <si>
     <t>#77 Robert McLain - LDE</t>
   </si>
   <si>
     <t>#76 Frederick McLean - LDE</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#99 Robert Brown - DT</t>
   </si>
   <si>
-    <t>#69 Benny Abramowitz - RDE</t>
+    <t>#76 Benny Abramowitz - RDE</t>
   </si>
   <si>
     <t>#41 Jeffery Hobbs - SLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
   <si>
     <t>#59 Brian Gowins - WLB</t>
   </si>
   <si>
     <t>#4 Wallace Pratt - CB</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
   <si>
     <t>#97 Eddie Wilson - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-2-CHI 31 (14:21) 32-Maurice Orta ran to CHI 47 for 15 yards. Tackle by 45-George Epperson.</t>
   </si>
   <si>
     <t>#89 Michael Dysart - WR</t>
   </si>
   <si>
     <t>#10 Victor Brizendine - WR</t>
   </si>
   <si>
     <t>#82 Donald West - WR</t>
   </si>
   <si>
-    <t>#72 Eddie Bradley - DT</t>
-[...2 lines deleted...]
-    <t>#95 Gary Villanueva - MLB</t>
+    <t>#50 Eddie Bradley - DT</t>
+  </si>
+  <si>
+    <t>#22 Gary Villanueva - CB</t>
   </si>
   <si>
     <t>#59 Roberto Steele - WLB</t>
   </si>
   <si>
     <t>#27 Rene Bixler - CB</t>
   </si>
   <si>
     <t>#45 George Epperson - SS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CHI 47 (13:45) 24-Truman Dixon ran to BAL 39 for 15 yards. Tackle by 25-Isaac Martin.</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-11-BAL 36 (7:50) 43-Reginald Rose ran to BAL 48 for 11 yards. Tackle by 48-John Wilson.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>BAL 48</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-BAL 48 (7:09) 6-Thomas Knox pass complete to 35-Fred Kavanaugh to CHI 45 for 7 yards. Tackle by 29-Robert Stocking.</t>
   </si>
   <si>
-    <t>#35 Fred Kavanaugh - RB</t>
+    <t>#35 Fred Kavanaugh - FB</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>CHI 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CHI 45 (6:25) 35-Fred Kavanaugh ran to CHI 36 for 9 yards. Tackle by 27-Todd Andrews.</t>
   </si>
   <si>
     <t>#18 Paul Dauphin - WR</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
@@ -824,57 +824,57 @@
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-CHI 21 (3:12) 6-Thomas Knox pass complete to 80-Jerry Weber to CHI 20 for 2 yards. Tackle by 29-Robert Stocking. BAL 55-Ernest Sheppard was injured on the play. He looks like he should be able to return. CHI 57-Ricardo Claar was injured on the play. He looks like he should be able to return. CHI 74-Wayne Whitner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#79 Robert Smith - LT</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>2-8-CHI 20 (2:26) 6-Thomas Knox pass Pass knocked down by 93-Michael Hildebrandt. incomplete, intended for 88-Billy Edmonds.</t>
   </si>
   <si>
-    <t>#67 Romeo Flynn - RG</t>
+    <t>#57 Romeo Flynn - RG</t>
   </si>
   <si>
     <t>#64 William Sommer - DT</t>
   </si>
   <si>
-    <t>#71 Rex Dixon - DT</t>
+    <t>#90 Rex Dixon - DT</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-8-CHI 20 (2:22) 43-Reginald Rose ran to CHI 22 for -2 yards. Tackle by 71-Rex Dixon.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-CHI 22 (1:49) 19-James Belanger 39 yard field goal is GOOD. BAL 3 CHI 0</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>1-10-CHI 25 (1:41) 32-Maurice Orta ran to CHI 28 for 3 yards. Tackle by 44-Robert Jacobs.</t>
   </si>
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-7-CHI 28 (1:01) 5-Seth Wallen pass Pass knocked down by 59-Brian Gowins. incomplete, intended for 24-Truman Dixon. CHI 68-Carl Farmer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>3-7-CHI 28 (0:58) 23-Clifton Crabtree ran to CHI 41 for 13 yards. Tackle by 45-George Epperson.</t>
   </si>
   <si>
-    <t>#67 Juan Davidson - C</t>
+    <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-CHI 41 (0:14) 5-Seth Wallen pass complete to 82-Donald West to CHI 46 for 5 yards. Tackle by 25-Isaac Martin.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CHI 46</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -1406,51 +1406,51 @@
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>3-23-BAL 22 (11:21) 17-Charles Hughes pass Pass knocked down by 64-William Sommer. incomplete, intended for 18-Paul Dauphin.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>4-23-BAL 22 (11:18) 5-Cameron Inman punts 57 yards to CHI 20. 24-Truman Dixon to CHI 25 for 6 yards. Tackle by 56-Theodore Barber.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-CHI 25 (11:10) 14-William Martin pass Pass knocked down by 42-Edward Marsh. incomplete, intended for 82-Donald West.</t>
   </si>
   <si>
-    <t>#85 Donald Russell - TE</t>
+    <t>#30 Donald Russell - WR</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>2-10-CHI 25 (11:06) 24-Truman Dixon ran to CHI 40 for 14 yards. Tackle by 25-Isaac Martin.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-CHI 40 (10:28) 24-Truman Dixon ran to CHI 40 for 1 yards. Tackle by 44-Robert Jacobs. PENALTY - Unnecessary Roughness (BAL 44-Robert Jacobs)</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>BAL 45</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -2277,51 +2277,51 @@
   <dimension ref="A1:CD162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="456.46" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>