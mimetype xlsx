--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -398,51 +398,51 @@
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#99 Robert Brown - DT</t>
   </si>
   <si>
     <t>#76 Benny Abramowitz - RDE</t>
   </si>
   <si>
     <t>#41 Jeffery Hobbs - SLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
   <si>
     <t>#59 Brian Gowins - WLB</t>
   </si>
   <si>
     <t>#4 Wallace Pratt - CB</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
   <si>
-    <t>#97 Eddie Wilson - RDE</t>
+    <t>#97 Eddie Wilson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-2-CHI 31 (14:21) 32-Maurice Orta ran to CHI 47 for 15 yards. Tackle by 45-George Epperson.</t>
   </si>
   <si>
     <t>#89 Michael Dysart - WR</t>
   </si>
   <si>
     <t>#10 Victor Brizendine - WR</t>
   </si>
   <si>
     <t>#82 Donald West - WR</t>
   </si>