--- v2 (2026-01-19)
+++ v3 (2026-03-20)
@@ -416,66 +416,66 @@
   <si>
     <t>#4 Wallace Pratt - CB</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
   <si>
     <t>#97 Eddie Wilson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-2-CHI 31 (14:21) 32-Maurice Orta ran to CHI 47 for 15 yards. Tackle by 45-George Epperson.</t>
   </si>
   <si>
-    <t>#89 Michael Dysart - WR</t>
+    <t>#89 Michael Dysart - RT</t>
   </si>
   <si>
     <t>#10 Victor Brizendine - WR</t>
   </si>
   <si>
     <t>#82 Donald West - WR</t>
   </si>
   <si>
     <t>#50 Eddie Bradley - DT</t>
   </si>
   <si>
     <t>#22 Gary Villanueva - CB</t>
   </si>
   <si>
-    <t>#59 Roberto Steele - WLB</t>
+    <t>#98 Roberto Steele - WLB</t>
   </si>
   <si>
     <t>#27 Rene Bixler - CB</t>
   </si>
   <si>
     <t>#45 George Epperson - SS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CHI 47 (13:45) 24-Truman Dixon ran to BAL 39 for 15 yards. Tackle by 25-Isaac Martin.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#54 Edward Marsh - MLB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>BAL 11</t>
   </si>
   <si>
     <t>1-10-BAL 11 (10:43) 5-Seth Wallen pass complete to 81-Duane Williams to BAL 5 for 6 yards. Tackle by 57-Gary Villanueva. CHI 72-Luis Wright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>BAL 5</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-4-BAL 5 (9:58) 5-Seth Wallen pass INTERCEPTED by 59-Brian Gowins at BAL -2. 59-Brian Gowins for 1 yards. Tackle by 86-Michael Daniels. Touchback. Pressure by 77-Robert McLain.</t>
   </si>
   <si>
-    <t>#77 James Shafer - RT</t>
+    <t>#51 James Shafer - RT</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>BAL 20</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BAL 20 (9:53) 43-Reginald Rose ran to BAL 25 for 5 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>#6 Thomas Knox - QB</t>
   </si>
   <si>
     <t>#43 Reginald Rose - RB</t>
   </si>
   <si>
     <t>#36 Daniel Schultz - FB</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>3-9-BAL 21 (8:36) 6-Thomas Knox pass complete to 80-Jerry Weber to BAL 38 for 17 yards. Tackle by 26-William Metz. Nice job by 80-Jerry Weber on that route to lose his coverage. PENALTY - Pass Interference (CHI 26-William Metz) (Declined)</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>BAL 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BAL 38 (8:31) 43-Reginald Rose ran to BAL 36 for -1 yards. Tackle by 73-Herman Carlsen.</t>
   </si>
   <si>
     <t>#39 Derek Leeper - RB</t>
   </si>
   <si>
-    <t>#82 Andre Jung - TE</t>
+    <t>#85 Andre Jung - TE</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-11-BAL 36 (7:50) 43-Reginald Rose ran to BAL 48 for 11 yards. Tackle by 48-John Wilson.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>BAL 48</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
@@ -827,87 +827,87 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-CHI 21 (3:12) 6-Thomas Knox pass complete to 80-Jerry Weber to CHI 20 for 2 yards. Tackle by 29-Robert Stocking. BAL 55-Ernest Sheppard was injured on the play. He looks like he should be able to return. CHI 57-Ricardo Claar was injured on the play. He looks like he should be able to return. CHI 74-Wayne Whitner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#79 Robert Smith - LT</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>2-8-CHI 20 (2:26) 6-Thomas Knox pass Pass knocked down by 93-Michael Hildebrandt. incomplete, intended for 88-Billy Edmonds.</t>
   </si>
   <si>
     <t>#57 Romeo Flynn - RG</t>
   </si>
   <si>
-    <t>#64 William Sommer - DT</t>
+    <t>#54 William Sommer - DT</t>
   </si>
   <si>
     <t>#90 Rex Dixon - DT</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-8-CHI 20 (2:22) 43-Reginald Rose ran to CHI 22 for -2 yards. Tackle by 71-Rex Dixon.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-CHI 22 (1:49) 19-James Belanger 39 yard field goal is GOOD. BAL 3 CHI 0</t>
   </si>
   <si>
     <t>#17 Charles Hughes - QB</t>
   </si>
   <si>
     <t>#63 Ronald Walker - C</t>
   </si>
   <si>
-    <t>#99 Michael Williams - MLB</t>
+    <t>#94 Michael Williams - MLB</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>(1:46) 19-James Belanger kicks 67 yards from BAL 35 to CHI -2. 24-Truman Dixon to CHI 25 for 28 yards. Tackle by 4-Wallace Pratt.</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CHI 25 (1:41) 32-Maurice Orta ran to CHI 28 for 3 yards. Tackle by 44-Robert Jacobs.</t>
   </si>
   <si>
     <t>1:02</t>
   </si>