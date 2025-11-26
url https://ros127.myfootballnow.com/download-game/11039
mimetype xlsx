--- v0 (2025-11-02)
+++ v1 (2025-11-26)
@@ -281,54 +281,54 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Kevin Collins kicks 74 yards from CLE 35 to LAN -9. Touchback.</t>
   </si>
   <si>
-    <t>#32 Robert Malloy - RB</t>
-[...2 lines deleted...]
-    <t>#92 James Black - SLB</t>
+    <t>#44 Robert Malloy - RB</t>
+  </si>
+  <si>
+    <t>#92 James Black - MLB</t>
   </si>
   <si>
     <t>#99 Mack Corr - LDE</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#74 Ricky Santos - RDE</t>
   </si>
   <si>
     <t>#26 Morris Monroe - CB</t>
   </si>
   <si>
     <t>#65 Michael Berg - DT</t>
   </si>
   <si>
     <t>#99 Barry Waters - RDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
@@ -341,51 +341,51 @@
   <si>
     <t>LAN</t>
   </si>
   <si>
     <t>LAN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 23-Robert Malloy ran to LAN 34 for 9 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#21 Walter Harmon - FB</t>
   </si>
   <si>
     <t>#83 Jeffrey Ramirez - TE</t>
   </si>
   <si>
-    <t>#87 David Palmer - WR</t>
+    <t>#16 David Palmer - WR</t>
   </si>
   <si>
     <t>#84 David George - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#54 John Holmquist - RG</t>
   </si>
   <si>
     <t>#78 Randall Montgomery - RT</t>
   </si>
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAN 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-1-LAN 34 (14:16) 23-Robert Malloy ran to LAN 34 for -1 yards. Tackle by 75-Joseph Shelton.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#89 Everett Harris - TE</t>
   </si>
   <si>
-    <t>#91 James Reaves - LDE</t>
+    <t>#87 James Reaves - TE</t>
   </si>
   <si>
     <t>#41 Ellis Anderson - SS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-1-LAN 34 (13:34) 39-Denny Jones ran to LAN 36 for 2 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
     <t>#13 Bruce Wilkerson - WR</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#73 Andrew Shea - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
-    <t>#69 John Montgomery - DT</t>
+    <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
   <si>
     <t>#31 Fermin Warner - SS</t>
   </si>
   <si>
     <t>#36 Michael Young - FS</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-10-CLE 25 (8:14) 1-Charles Cassell ran to CLE 31 for 6 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>#2 Stephen Collier - MLB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 34 (6:49) 7-Nathan Suda punts 48 yards to LAN 18. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>#7 Nathan Suda - P</t>
   </si>
   <si>
-    <t>#69 Joseph Peters - LT</t>
+    <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>LAN 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAN 18 (6:43) 23-Robert Malloy ran to LAN 20 for 1 yards. Tackle by 64-Randy Crofts.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>LAN 20</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>2-9-LAN 36 (15:00) 15-Gary King pass Pass knocked down by 90-Michael Lewis. incomplete, intended for 87-David Palmer. LAN 70-Robert Ring was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-9-LAN 36 (14:55) 15-Gary King pass complete to 23-Robert Malloy to LAN 43 for 7 yards. Tackle by 59-Christopher Stowers.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>LAN 43</t>
   </si>
   <si>
     <t>4-2-LAN 43 (14:12) 17-Jeremy Cochran punts 46 yards to CLE 12. Fair Catch by 16-James Weber.</t>
   </si>
   <si>
-    <t>#66 Andrew Gamble - C</t>
+    <t>#40 Andrew Gamble - FB</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-CLE 12 (14:05) 18-Robert Williams pass Pass knocked down by 36-Michael Young. incomplete, intended for 83-Michael Stone.</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-CLE 12 (14:02) 1-Charles Cassell ran to CLE 13 for 1 yards. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>CLE 13</t>
   </si>
@@ -1097,57 +1097,57 @@
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>CLE 16</t>
   </si>
   <si>
     <t>4-9-CLE 16 (5:34) 5-Jerry Carroll 34 yard field goal is GOOD. LAN 10 CLE 0</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>(5:31) 5-Jerry Carroll kicks 66 yards from LAN 35 to CLE -1. 16-James Weber for 101yards. TOUCHDOWN! LAN 51-Harold Coria was injured on the play. He looks like he should be able to return. LAN 10 CLE 6</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>LAN 15</t>
   </si>
   <si>
     <t>(5:17) Extra point GOOD by 4-Kevin Collins. LAN 10 CLE 7</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#63 Tim Holdren - RDE</t>
   </si>
   <si>
-    <t>#96 Thomas Meyers - WLB</t>
+    <t>#47 Thomas Meyers - SLB</t>
   </si>
   <si>
     <t>(5:17) 4-Kevin Collins kicks 75 yards from CLE 35 to LAN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAN 25 (5:17) 23-Robert Malloy ran to LAN 25 for a short loss. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>2-10-LAN 25 (4:43) 15-Gary King pass complete to 84-David George to LAN 38 for 13 yards. Tackle by 90-Michael Lewis.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>1-10-LAN 38 (3:57) 46-Garry Whitaker ran to CLE 50 for 12 yards. Tackle by 33-Vincent McDonald. LAN 80-Robert Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>CLE 50</t>
   </si>
@@ -1454,51 +1454,51 @@
   <si>
     <t>LAN 41</t>
   </si>
   <si>
     <t>1-10-LAN 41 (7:07) 15-Gary King sacked at LAN 32 for -10 yards (76-George Scott). Sack allowed by 54-John Holmquist.</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>LAN 32</t>
   </si>
   <si>
     <t>2-20-LAN 32 (6:31) 39-Denny Jones ran to LAN 38 for 7 yards. Tackle by 41-Ellis Anderson.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-13-LAN 38 (5:48) 15-Gary King ran to LAN 50 for 11 yards. Tackle by 97-Travis Perez.</t>
   </si>
   <si>
-    <t>#75 Robert Moyer - RT</t>
+    <t>#75 Robert Moyer - C</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>4-2-LAN 50 (5:00) 17-Jeremy Cochran punts 44 yards to CLE 7. Fair Catch by 16-James Weber.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>1-10-CLE 7 (4:53) 1-Charles Cassell ran to CLE 6 for -1 yards. Tackle by 53-Kevin Hayes. CLE 83-Michael Stone was injured on the play. He looks like he should be able to return. CLE 63-Robert Manning was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>CLE 6</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
@@ -2285,99 +2285,99 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="316.066" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>