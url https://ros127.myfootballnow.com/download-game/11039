--- v1 (2025-11-26)
+++ v2 (2026-01-08)
@@ -341,51 +341,51 @@
   <si>
     <t>LAN</t>
   </si>
   <si>
     <t>LAN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 23-Robert Malloy ran to LAN 34 for 9 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#21 Walter Harmon - FB</t>
   </si>
   <si>
     <t>#83 Jeffrey Ramirez - TE</t>
   </si>
   <si>
-    <t>#16 David Palmer - WR</t>
+    <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#84 David George - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#54 John Holmquist - RG</t>
   </si>
   <si>
     <t>#78 Randall Montgomery - RT</t>
   </si>
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAN 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-1-LAN 34 (14:16) 23-Robert Malloy ran to LAN 34 for -1 yards. Tackle by 75-Joseph Shelton.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#89 Everett Harris - TE</t>
   </si>
   <si>
     <t>#87 James Reaves - TE</t>
   </si>
   <si>
-    <t>#41 Ellis Anderson - SS</t>
+    <t>#41 Ellis Anderson - FS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-1-LAN 34 (13:34) 39-Denny Jones ran to LAN 36 for 2 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
     <t>#13 Bruce Wilkerson - WR</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
@@ -590,57 +590,57 @@
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:53) Extra point GOOD by 5-Jerry Carroll. LAN 7 CLE 0</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
     <t>#65 Robert Roberts - LG</t>
   </si>
   <si>
-    <t>#62 Dean Williams - LT</t>
-[...5 lines deleted...]
-    <t>#58 Travis Perez - MLB</t>
+    <t>#71 Dean Williams - LT</t>
+  </si>
+  <si>
+    <t>#97 Carl Davis - MLB</t>
+  </si>
+  <si>
+    <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>LAN 35</t>
   </si>
   <si>
     <t>(8:53) 5-Jerry Carroll kicks 74 yards from LAN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (8:53) 1-Charles Cassell ran to CLE 25 for a short gain. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>#2 Stephen Collier - MLB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 34 (6:49) 7-Nathan Suda punts 48 yards to LAN 18. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>#7 Nathan Suda - P</t>
   </si>
   <si>
-    <t>#50 Joseph Peters - LT</t>
+    <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>LAN 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAN 18 (6:43) 23-Robert Malloy ran to LAN 20 for 1 yards. Tackle by 64-Randy Crofts.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>LAN 20</t>
   </si>