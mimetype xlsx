--- v2 (2026-01-08)
+++ v3 (2026-02-03)
@@ -581,51 +581,51 @@
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>CLE 0</t>
   </si>
   <si>
     <t>1-1-CLE 0 (8:55) 46-Garry Whitaker ran for 0 yards. TOUCHDOWN! LAN 6 CLE 0</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:53) Extra point GOOD by 5-Jerry Carroll. LAN 7 CLE 0</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
     <t>#65 Robert Roberts - LG</t>
   </si>
   <si>
     <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>#97 Carl Davis - MLB</t>
   </si>
   <si>
     <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>LAN 35</t>
   </si>
   <si>
     <t>(8:53) 5-Jerry Carroll kicks 74 yards from LAN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
@@ -1103,51 +1103,51 @@
   <si>
     <t>4-9-CLE 16 (5:34) 5-Jerry Carroll 34 yard field goal is GOOD. LAN 10 CLE 0</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>(5:31) 5-Jerry Carroll kicks 66 yards from LAN 35 to CLE -1. 16-James Weber for 101yards. TOUCHDOWN! LAN 51-Harold Coria was injured on the play. He looks like he should be able to return. LAN 10 CLE 6</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>LAN 15</t>
   </si>
   <si>
     <t>(5:17) Extra point GOOD by 4-Kevin Collins. LAN 10 CLE 7</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#63 Tim Holdren - RDE</t>
   </si>
   <si>
-    <t>#47 Thomas Meyers - SLB</t>
+    <t>#57 Thomas Meyers - SLB</t>
   </si>
   <si>
     <t>(5:17) 4-Kevin Collins kicks 75 yards from CLE 35 to LAN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAN 25 (5:17) 23-Robert Malloy ran to LAN 25 for a short loss. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>2-10-LAN 25 (4:43) 15-Gary King pass complete to 84-David George to LAN 38 for 13 yards. Tackle by 90-Michael Lewis.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>1-10-LAN 38 (3:57) 46-Garry Whitaker ran to CLE 50 for 12 yards. Tackle by 33-Vincent McDonald. LAN 80-Robert Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>CLE 50</t>
   </si>