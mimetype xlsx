--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -626,51 +626,51 @@
   <si>
     <t>(8:53) 5-Jerry Carroll kicks 74 yards from LAN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (8:53) 1-Charles Cassell ran to CLE 25 for a short gain. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
     <t>#1 Charles Cassell - RB</t>
   </si>
   <si>
-    <t>#27 Patrick McCord - FB</t>
+    <t>#84 Patrick McCord - TE</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#73 Andrew Shea - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>#2 Stephen Collier - MLB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CLE 34 (6:49) 7-Nathan Suda punts 48 yards to LAN 18. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>#7 Nathan Suda - P</t>
   </si>
   <si>
-    <t>#71 Joseph Peters - LT</t>
+    <t>#50 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>LAN 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAN 18 (6:43) 23-Robert Malloy ran to LAN 20 for 1 yards. Tackle by 64-Randy Crofts.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>LAN 20</t>
   </si>
@@ -1103,51 +1103,51 @@
   <si>
     <t>4-9-CLE 16 (5:34) 5-Jerry Carroll 34 yard field goal is GOOD. LAN 10 CLE 0</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>(5:31) 5-Jerry Carroll kicks 66 yards from LAN 35 to CLE -1. 16-James Weber for 101yards. TOUCHDOWN! LAN 51-Harold Coria was injured on the play. He looks like he should be able to return. LAN 10 CLE 6</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>LAN 15</t>
   </si>
   <si>
     <t>(5:17) Extra point GOOD by 4-Kevin Collins. LAN 10 CLE 7</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#63 Tim Holdren - RDE</t>
   </si>
   <si>
-    <t>#57 Thomas Meyers - SLB</t>
+    <t>#57 Thomas Meyers - WLB</t>
   </si>
   <si>
     <t>(5:17) 4-Kevin Collins kicks 75 yards from CLE 35 to LAN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAN 25 (5:17) 23-Robert Malloy ran to LAN 25 for a short loss. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>2-10-LAN 25 (4:43) 15-Gary King pass complete to 84-David George to LAN 38 for 13 yards. Tackle by 90-Michael Lewis.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>1-10-LAN 38 (3:57) 46-Garry Whitaker ran to CLE 50 for 12 yards. Tackle by 33-Vincent McDonald. LAN 80-Robert Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>CLE 50</t>
   </si>