--- v4 (2026-02-23)
+++ v5 (2026-03-25)
@@ -386,81 +386,81 @@
   <si>
     <t>#75 Joseph Shelton - RDE</t>
   </si>
   <si>
     <t>#98 George Scott - DT</t>
   </si>
   <si>
     <t>#94 William Born - DT</t>
   </si>
   <si>
     <t>#99 Jimmy Horvath - RDE</t>
   </si>
   <si>
     <t>#57 Joseph Pulliam - SLB</t>
   </si>
   <si>
     <t>#53 Michael Lewis - MLB</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#49 Edward Tucker - CB</t>
   </si>
   <si>
-    <t>#38 Aaron Anderson - CB</t>
+    <t>#29 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#33 Vincent McDonald - SS</t>
   </si>
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAN 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-1-LAN 34 (14:16) 23-Robert Malloy ran to LAN 34 for -1 yards. Tackle by 75-Joseph Shelton.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
     <t>#89 Everett Harris - TE</t>
   </si>
   <si>
-    <t>#87 James Reaves - TE</t>
+    <t>#80 James Reaves - TE</t>
   </si>
   <si>
     <t>#41 Ellis Anderson - FS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-1-LAN 34 (13:34) 39-Denny Jones ran to LAN 36 for 2 yards. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
     <t>#13 Bruce Wilkerson - WR</t>
   </si>
   <si>
     <t>#46 Robert Johnson - CB</t>
   </si>
@@ -626,75 +626,75 @@
   <si>
     <t>(8:53) 5-Jerry Carroll kicks 74 yards from LAN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#16 James Weber - WR</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (8:53) 1-Charles Cassell ran to CLE 25 for a short gain. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
     <t>#1 Charles Cassell - RB</t>
   </si>
   <si>
-    <t>#84 Patrick McCord - TE</t>
+    <t>#40 Patrick McCord - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#73 Andrew Shea - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
-    <t>#52 Dante Gilbert - RT</t>
+    <t>#72 Dante Gilbert - RT</t>
   </si>
   <si>
     <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#57 Wayne Keith - WLB</t>
   </si>
   <si>
     <t>#31 Fermin Warner - SS</t>
   </si>
   <si>
     <t>#36 Michael Young - FS</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-10-CLE 25 (8:14) 1-Charles Cassell ran to CLE 31 for 6 yards. Tackle by 31-Fermin Warner.</t>
   </si>
@@ -1484,51 +1484,51 @@
   <si>
     <t>4-2-LAN 50 (5:00) 17-Jeremy Cochran punts 44 yards to CLE 7. Fair Catch by 16-James Weber.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>1-10-CLE 7 (4:53) 1-Charles Cassell ran to CLE 6 for -1 yards. Tackle by 53-Kevin Hayes. CLE 83-Michael Stone was injured on the play. He looks like he should be able to return. CLE 63-Robert Manning was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>CLE 6</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>2-11-CLE 6 (4:15) 18-Robert Williams pass complete to 89-Henry Wagner to CLE 8 for 3 yards. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>3-8-CLE 8 (3:32) 18-Robert Williams pass complete to 14-Rudolph Friday to CLE 16 for 8 yards. Tackle by 26-Morris Monroe.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>4-1-CLE 16 (2:46) 7-Nathan Suda punts 49 yards to LAN 35. Fair Catch by 23-Robert Malloy.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>1-10-LAN 35 (2:39) 23-Robert Malloy ran to LAN 37 for 3 yards. Tackle by 70-William Born. 59-Brian Williams was caught flat-footed on this play. PENALTY - Offsides (CLE 76-George Scott)</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>1-5-LAN 40 (2:37) 23-Robert Malloy ran to LAN 38 for -2 yards. Tackle by 29-Lavern Yan. 13-Bruce Wilkerson was completely beat on that play. LAN 78-Randall Montgomery was injured on the play. He looks like he should be able to return.</t>
   </si>