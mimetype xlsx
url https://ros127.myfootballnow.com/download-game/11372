--- v0 (2025-11-02)
+++ v1 (2026-01-08)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Shane Earle kicks 74 yards from MIA 35 to NYN -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Gary Gose - RB</t>
   </si>
   <si>
-    <t>#57 Bryce Marshall - WLB</t>
+    <t>#42 Bryce Marshall - FS</t>
   </si>
   <si>
     <t>#54 Thomas Blanford - WLB</t>
   </si>
   <si>
     <t>#58 Jack Costigan - MLB</t>
   </si>
   <si>
     <t>#95 Victor Raglin - LDE</t>
   </si>
   <si>
     <t>#24 Gregory Moore - CB</t>
   </si>
   <si>
     <t>#59 Karl Lucas - MLB</t>
   </si>
   <si>
     <t>#98 Adrian Henry - RDE</t>
   </si>
   <si>
     <t>#55 Gerald Colman - MLB</t>
   </si>
   <si>
     <t>#31 Frank Herrmann - CB</t>
   </si>
@@ -368,138 +368,138 @@
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#17 Floyd Leavitt - WR</t>
   </si>
   <si>
     <t>#73 Jay Lucero - LT</t>
   </si>
   <si>
     <t>#68 Ramon Green - RG</t>
   </si>
   <si>
     <t>#65 Joseph Fuentes - C</t>
   </si>
   <si>
     <t>#67 Earl Abels - RG</t>
   </si>
   <si>
     <t>#75 Charles Johnson - RT</t>
   </si>
   <si>
     <t>#54 Robert Morris - LDE</t>
   </si>
   <si>
-    <t>#66 Nathaniel Allen - DT</t>
-[...2 lines deleted...]
-    <t>#90 Robert McCarthy - DT</t>
+    <t>#76 Nathaniel Allen - DT</t>
+  </si>
+  <si>
+    <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>#72 Kevin Walter - RDE</t>
   </si>
   <si>
     <t>#94 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
-    <t>#44 James Lawrence - FS</t>
+    <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-NYN 25 (14:58) 30-Jason Jean ran to NYN 25 for a short gain. Tackle by 65-Leo Morris. NYN 73-Jay Lucero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#39 David Waring - RB</t>
   </si>
   <si>
     <t>#83 Marc Cleaver - TE</t>
   </si>
   <si>
     <t>#88 Joseph Salinas - WR</t>
   </si>
   <si>
-    <t>#65 Leo Morris - RDE</t>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-10-NYN 25 (14:13) 8-Jesse Delany pass complete to 84-Marc Cleaver to NYN 33 for 8 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#61 Bruce Arellano - LG</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYN 33 (13:27) 2-Rodolfo Bergh punts 48 yards to MIA 19. Fair Catch by 38-Eduardo Denton.</t>
   </si>
   <si>
-    <t>#2 Rodolfo Bergh - P</t>
+    <t>#7 Rodolfo Bergh - P</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#27 Jerrold Witte - FS</t>
   </si>
   <si>
     <t>#23 Dale Solt - CB</t>
   </si>
   <si>
     <t>#66 Kevin Leake - C</t>
   </si>
   <si>
     <t>#60 Brian Rivera - RG</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>MIA 19</t>
   </si>
@@ -518,102 +518,102 @@
   <si>
     <t>#32 Keith Mock - RB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#10 Robert Boyd - WR</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#59 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#77 David Caron - RG</t>
   </si>
   <si>
-    <t>#76 David Strickland - RT</t>
+    <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#94 Shon Smith - DT</t>
   </si>
   <si>
     <t>#38 John Mahurin - CB</t>
   </si>
   <si>
     <t>#29 Javier Elder - CB</t>
   </si>
   <si>
     <t>#22 Felix Ramirez - SS</t>
   </si>
   <si>
     <t>#26 Ward Fitch - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MIA 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-7-MIA 22 (12:42) 7-Virgilio Limon pass complete to 11-Kyle Valentine to MIA 26 for 3 yards. Tackle by 24-Gregory Moore. 24-Gregory Moore got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-4-MIA 26 (12:01) 7-Virgilio Limon pass complete to 88-Matthew Ayala to MIA 39 for 13 yards. Tackle by 51-Britt Fields.</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
-    <t>#79 Alexander Williams - LDE</t>
+    <t>#77 Alexander Williams - LDE</t>
   </si>
   <si>
     <t>#90 Charles Moss - DT</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>MIA 39</t>
   </si>
   <si>
     <t>1-10-MIA 39 (11:23) 7-Virgilio Limon pass INTERCEPTED by 58-Jack Costigan at MIA 47. 58-Jack Costigan to MIA 47 for -0 yards. Tackle by 31-Richard Hogan. PENALTY - Pass Interference (NYN 59-Karl Lucas)</t>
   </si>
   <si>
     <t>#2 Anthony Carter - WR</t>
   </si>
   <si>
     <t>#16 Wm Addis - WR</t>
   </si>
   <si>
     <t>#22 Scott Martin - CB</t>
   </si>
   <si>
     <t>#43 Jose Anderson - CB</t>
   </si>
@@ -719,99 +719,99 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-NYN 25 (8:47) 8-Jesse Delany pass complete to 30-Jason Jean to MIA 44 for 31 yards.</t>
   </si>
   <si>
     <t>#34 Pasquale Hanson - SS</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>MIA 44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-MIA 44 (7:58) 13-John Middleton ran to MIA 28 for 16 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
-    <t>#14 Charles Zumwalt - WR</t>
+    <t>#84 Charles Zumwalt - WR</t>
   </si>
   <si>
     <t>#51 Reginald Wunsch - SLB</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 28 (7:23) 34-David Waring ran to MIA 26 for 2 yards. Tackle by 94-Leonel Floyd.</t>
   </si>
   <si>
-    <t>#58 Daniel Edwards - SLB</t>
+    <t>#6 Daniel Edwards - MLB</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-MIA 26 (6:49) 13-John Middleton ran to MIA 27 for -1 yards. Tackle by 66-Nathaniel Allen. 65-Joseph Fuentes was completely beat on that play.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>MIA 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-9-MIA 27 (6:14) 34-David Waring ran to MIA 22 for 5 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#83 Charles Carrasco - WR</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>4-4-MIA 22 (5:26) 6-Raul Allegre 40 yard field goal is GOOD. MIA 3 NYN 3</t>
   </si>
   <si>
     <t>#6 Raul Allegre - K</t>
   </si>
   <si>
     <t>#78 John Abbott - RT</t>
   </si>
   <si>
     <t>#55 Steve McGlone - MLB</t>
   </si>
   <si>
     <t>#71 Richard Hicks - DT</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-16-MIA 30 (10:16) 32-Keith Mock ran to MIA 33 for 3 yards. Tackle by 94-Shon Smith.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>MIA 33</t>
   </si>
   <si>
     <t>3-13-MIA 33 (9:39) 7-Virgilio Limon sacked at MIA 25 for -8 yards (98-Adrian Henry). Sack allowed by 68-Miles Singleton. PENALTY - Holding (MIA 77-David Caron) (Declined)</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-21-MIA 25 (9:35) PENALTY - False Start (MIA 20-Richard Zimmerman)</t>
   </si>
   <si>
-    <t>#12 Russell Suh - P</t>
+    <t>#18 Russell Suh - P</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>4-26-MIA 20 (9:35) 12-Russell Suh punts 50 yards to NYN 30. Fair Catch by 13-John Middleton.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>1-10-NYN 30 (9:29) 30-Jason Jean ran to NYN 39 for 9 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-NYN 39 (8:54) 8-Jesse Delany pass complete to 1-Malik Nabers to MIA 48 for 13 yards. Tackle by 52-Daniel Blackwell. Pressure by 92-Kevin Walter.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
@@ -2242,91 +2242,91 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="326.635" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>