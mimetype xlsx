--- v1 (2026-01-08)
+++ v2 (2026-02-03)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Shane Earle kicks 74 yards from MIA 35 to NYN -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Gary Gose - RB</t>
   </si>
   <si>
-    <t>#42 Bryce Marshall - FS</t>
+    <t>#41 Bryce Marshall - FS</t>
   </si>
   <si>
     <t>#54 Thomas Blanford - WLB</t>
   </si>
   <si>
     <t>#58 Jack Costigan - MLB</t>
   </si>
   <si>
     <t>#95 Victor Raglin - LDE</t>
   </si>
   <si>
     <t>#24 Gregory Moore - CB</t>
   </si>
   <si>
     <t>#59 Karl Lucas - MLB</t>
   </si>
   <si>
     <t>#98 Adrian Henry - RDE</t>
   </si>
   <si>
     <t>#55 Gerald Colman - MLB</t>
   </si>
   <si>
     <t>#31 Frank Herrmann - CB</t>
   </si>
@@ -377,93 +377,93 @@
   <si>
     <t>#68 Ramon Green - RG</t>
   </si>
   <si>
     <t>#65 Joseph Fuentes - C</t>
   </si>
   <si>
     <t>#67 Earl Abels - RG</t>
   </si>
   <si>
     <t>#75 Charles Johnson - RT</t>
   </si>
   <si>
     <t>#54 Robert Morris - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>#72 Kevin Walter - RDE</t>
   </si>
   <si>
-    <t>#94 Leonel Floyd - MLB</t>
+    <t>#55 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-NYN 25 (14:58) 30-Jason Jean ran to NYN 25 for a short gain. Tackle by 65-Leo Morris. NYN 73-Jay Lucero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#39 David Waring - RB</t>
   </si>
   <si>
     <t>#83 Marc Cleaver - TE</t>
   </si>
   <si>
     <t>#88 Joseph Salinas - WR</t>
   </si>
   <si>
-    <t>#90 Leo Morris - LDE</t>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-10-NYN 25 (14:13) 8-Jesse Delany pass complete to 84-Marc Cleaver to NYN 33 for 8 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#61 Bruce Arellano - LG</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
@@ -494,72 +494,72 @@
   <si>
     <t>#60 Brian Rivera - RG</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>MIA 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 19 (13:20) 7-Virgilio Limon pass complete to 38-Eduardo Denton to MIA 22 for 3 yards. Tackle by 57-Bryce Marshall.</t>
   </si>
   <si>
     <t>#1 Virgilio Limon - QB</t>
   </si>
   <si>
-    <t>#32 Keith Mock - RB</t>
+    <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#10 Robert Boyd - WR</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
-[...2 lines deleted...]
-    <t>#77 David Caron - RG</t>
+    <t>#68 Dwayne Aviles - C</t>
+  </si>
+  <si>
+    <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#94 Shon Smith - DT</t>
   </si>
   <si>
     <t>#38 John Mahurin - CB</t>
   </si>
   <si>
     <t>#29 Javier Elder - CB</t>
   </si>
   <si>
     <t>#22 Felix Ramirez - SS</t>
   </si>
   <si>
     <t>#26 Ward Fitch - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MIA 22</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>3-4-NYN 39 (9:29) 16-Anthony Carter ran to NYN 37 for 2 yards. Tackle by 59-Karl Lucas.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>NYN 37</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-NYN 37 (8:54) 4-Shane Earle 55 yard field goal is GOOD. MIA 3 NYN 0</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#93 Milton Russo - RDE</t>
   </si>
   <si>
     <t>#96 George Potter - DT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>(8:50) 4-Shane Earle kicks 73 yards from MIA 35 to NYN -8. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-16-MIA 30 (10:16) 32-Keith Mock ran to MIA 33 for 3 yards. Tackle by 94-Shon Smith.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>MIA 33</t>
   </si>
   <si>
     <t>3-13-MIA 33 (9:39) 7-Virgilio Limon sacked at MIA 25 for -8 yards (98-Adrian Henry). Sack allowed by 68-Miles Singleton. PENALTY - Holding (MIA 77-David Caron) (Declined)</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-21-MIA 25 (9:35) PENALTY - False Start (MIA 20-Richard Zimmerman)</t>
   </si>
   <si>
-    <t>#18 Russell Suh - P</t>
+    <t>#1 Russell Suh - P</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>4-26-MIA 20 (9:35) 12-Russell Suh punts 50 yards to NYN 30. Fair Catch by 13-John Middleton.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>1-10-NYN 30 (9:29) 30-Jason Jean ran to NYN 39 for 9 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-NYN 39 (8:54) 8-Jesse Delany pass complete to 1-Malik Nabers to MIA 48 for 13 yards. Tackle by 52-Daniel Blackwell. Pressure by 92-Kevin Walter.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>