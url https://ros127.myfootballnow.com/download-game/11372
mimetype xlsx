--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -506,51 +506,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 19 (13:20) 7-Virgilio Limon pass complete to 38-Eduardo Denton to MIA 22 for 3 yards. Tackle by 57-Bryce Marshall.</t>
   </si>
   <si>
     <t>#1 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#10 Robert Boyd - WR</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#94 Shon Smith - DT</t>
   </si>
   <si>
     <t>#38 John Mahurin - CB</t>
   </si>
   <si>
     <t>#29 Javier Elder - CB</t>
   </si>
   <si>
     <t>#22 Felix Ramirez - SS</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-9-MIA 27 (6:14) 34-David Waring ran to MIA 22 for 5 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#83 Charles Carrasco - WR</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>4-4-MIA 22 (5:26) 6-Raul Allegre 40 yard field goal is GOOD. MIA 3 NYN 3</t>
   </si>
   <si>
     <t>#6 Raul Allegre - K</t>
   </si>
   <si>
     <t>#78 John Abbott - RT</t>
   </si>
   <si>
-    <t>#55 Steve McGlone - MLB</t>
+    <t>#53 Steve McGlone - MLB</t>
   </si>
   <si>
     <t>#71 Richard Hicks - DT</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(5:23) 6-Raul Allegre kicks 74 yards from NYN 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>1-10-MIA 25 (5:23) 32-Keith Mock ran to MIA 25 for a short gain. Tackle by 57-Bryce Marshall.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>