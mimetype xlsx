--- v3 (2026-02-23)
+++ v4 (2026-03-25)
@@ -410,51 +410,51 @@
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-NYN 25 (14:58) 30-Jason Jean ran to NYN 25 for a short gain. Tackle by 65-Leo Morris. NYN 73-Jay Lucero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#39 David Waring - RB</t>
+    <t>#39 David Waring - FB</t>
   </si>
   <si>
     <t>#83 Marc Cleaver - TE</t>
   </si>
   <si>
     <t>#88 Joseph Salinas - WR</t>
   </si>
   <si>
     <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-10-NYN 25 (14:13) 8-Jesse Delany pass complete to 84-Marc Cleaver to NYN 33 for 8 yards. Tackle by 47-Richard Holland.</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>#66 Kevin Leake - C</t>
   </si>
   <si>
     <t>#60 Brian Rivera - RG</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>MIA 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 19 (13:20) 7-Virgilio Limon pass complete to 38-Eduardo Denton to MIA 22 for 3 yards. Tackle by 57-Bryce Marshall.</t>
   </si>
   <si>
-    <t>#1 Virgilio Limon - QB</t>
+    <t>#10 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#10 Robert Boyd - WR</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-7-MIA 22 (12:42) 7-Virgilio Limon pass complete to 11-Kyle Valentine to MIA 26 for 3 yards. Tackle by 24-Gregory Moore. 24-Gregory Moore got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-4-MIA 26 (12:01) 7-Virgilio Limon pass complete to 88-Matthew Ayala to MIA 39 for 13 yards. Tackle by 51-Britt Fields.</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#77 Alexander Williams - LDE</t>
   </si>
   <si>
     <t>#90 Charles Moss - DT</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>MIA 39</t>
   </si>
   <si>
     <t>1-10-MIA 39 (11:23) 7-Virgilio Limon pass INTERCEPTED by 58-Jack Costigan at MIA 47. 58-Jack Costigan to MIA 47 for -0 yards. Tackle by 31-Richard Hogan. PENALTY - Pass Interference (NYN 59-Karl Lucas)</t>
   </si>
   <si>
     <t>#2 Anthony Carter - WR</t>
   </si>
   <si>
     <t>#16 Wm Addis - WR</t>
   </si>
   <si>
     <t>#22 Scott Martin - CB</t>
   </si>
@@ -2221,51 +2221,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="326.635" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>