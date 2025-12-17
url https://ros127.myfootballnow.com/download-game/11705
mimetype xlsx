--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -308,51 +308,51 @@
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#54 Robert Morris - LDE</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#96 Logan Pineda - RDE</t>
   </si>
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#27 Jerrold Witte - FS</t>
   </si>
   <si>
-    <t>#44 James Lawrence - FS</t>
+    <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 32-Keith Mock ran to MIA 38 for 13 yards. Tackle by 22-Daniel Noland. MIN 92-Russell Penrod was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Virgilio Limon - QB</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>#30 Roy Gallagher - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>MIA 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 49 (13:38) 32-Keith Mock ran to MIN 36 for 15 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
     <t>#16 Wm Addis - WR</t>
   </si>
   <si>
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#48 Richard Corey - CB</t>
   </si>
   <si>
     <t>#34 Steven Cortez - CB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIN 36 (13:01) 38-Eduardo Denton ran to MIN 37 for -1 yards. Tackle by 90-Charles Louden.</t>
   </si>
   <si>
     <t>#2 Anthony Carter - WR</t>
   </si>
@@ -593,162 +593,162 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-3-MIN 7 (8:28) 7-Virgilio Limon pass Pass knocked down by 21-Wesley Fortenberry. incomplete, intended for 17-Lawrence Alvarez.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-MIN 7 (8:24) 4-Shane Earle 25 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
-    <t>#76 David Strickland - RT</t>
+    <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#41 Michael Turner - RB</t>
   </si>
   <si>
     <t>#88 Cornelius Meek - WR</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
+    <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#89 Arron Stanley - TE</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 20 (8:22) 2-Andrew Comstock pass complete to 19-Bruce Barnes to MIN 30 for 10 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>#2 Andrew Comstock - QB</t>
   </si>
   <si>
-    <t>#23 Edward Anderson - FB</t>
+    <t>#31 Edward Anderson - FB</t>
   </si>
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
     <t>#19 Bruce Barnes - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#91 Steven Martin - DT</t>
   </si>
   <si>
-    <t>#66 Nathaniel Allen - DT</t>
+    <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#94 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 30 (7:43) 2-Andrew Comstock pass complete to 89-Arron Stanley to MIN 48 for 17 yards. Tackle by 44-James Lawrence. 94-Leonel Floyd got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>1-10-MIN 48 (7:05) 41-Michael Turner ran to MIA 45 for 7 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
-    <t>#87 Fred Jones - TE</t>
-[...2 lines deleted...]
-    <t>#65 Leo Morris - RDE</t>
+    <t>#43 Fred Jones - RB</t>
+  </si>
+  <si>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>MIA 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-3-MIA 45 (6:19) 35-Charles Rosado ran to MIA 37 for 8 yards. Tackle by 20-Richard Zimmerman.</t>
   </si>
   <si>
-    <t>#35 Charles Rosado - RB</t>
+    <t>#3 Charles Rosado - WR</t>
   </si>
   <si>
     <t>#23 Dale Solt - CB</t>
   </si>
   <si>
     <t>#34 Pasquale Hanson - SS</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 37 (5:45) 35-Charles Rosado ran to MIA 33 for 4 yards. Tackle by 94-Leonel Floyd.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
@@ -779,78 +779,78 @@
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-MIA 20 (4:26) 2-Andrew Comstock pass complete to 19-Bruce Barnes to MIA 3 for 16 yards. Tackle by 27-Jerrold Witte.</t>
   </si>
   <si>
     <t>#14 Willie Richard - WR</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>MIA 3</t>
   </si>
   <si>
     <t>1-3-MIA 3 (3:45) 19-Bruce Barnes ran to MIA 0 for 3 yards. Tackle by 96-Logan Pineda.</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>MIA 0</t>
   </si>
   <si>
     <t>2-1-MIA 0 (3:01) 2-Andrew Comstock pass complete to 80-James Bellows for 0 yards. TOUCHDOWN! PENALTY - Offsides (MIA 96-Logan Pineda) (Declined) MIN 6 MIA 0</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>(2:59) Extra point GOOD by 5-Brian Frost. MIN 7 MIA 0</t>
   </si>
   <si>
     <t>#76 Chad Bracey - LG</t>
   </si>
   <si>
-    <t>#65 Charles Williams - RT</t>
-[...2 lines deleted...]
-    <t>#90 Robert McCarthy - DT</t>
+    <t>#65 Charles Williams - RG</t>
+  </si>
+  <si>
+    <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>#99 Darrell Ulrich - SLB</t>
   </si>
   <si>
     <t>#51 Reginald Wunsch - SLB</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>(2:59) 5-Brian Frost kicks 72 yards from MIN 35 to MIA -7. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-MIA 25 (2:59) 7-Virgilio Limon pass complete to 32-Keith Mock to MIA 25 for a short loss. Tackle by 22-Daniel Noland.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -881,66 +881,66 @@
   <si>
     <t>1-10-MIA 42 (1:04) 7-Virgilio Limon pass complete to 82-Wm Addis to MIA 44 for 1 yards. Tackle by 28-Gregory Matthews. MIN 99-Juan Gregory was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>MIA 44</t>
   </si>
   <si>
     <t>2-9-MIA 44 (0:29) 38-Eduardo Denton ran to MIA 46 for 2 yards. Tackle by 50-Nick Mason. MIN 59-Gregory Morgan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>MIA 46</t>
   </si>
   <si>
     <t>3-6-MIA 46 (15:00) 7-Virgilio Limon pass Pass knocked down by 51-Jeremy Lake. incomplete, intended for 82-Wm Addis.</t>
   </si>
   <si>
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-MIA 46 (14:58) 12-Russell Suh punts 46 yards to MIN 9.</t>
   </si>
   <si>
-    <t>#12 Russell Suh - P</t>
+    <t>#18 Russell Suh - P</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>MIN 9</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIN 9 (14:51) 2-Andrew Comstock pass complete to 89-Arron Stanley to MIN 21 for 13 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1172,51 +1172,51 @@
   <si>
     <t>1-10-MIA 50 (5:13) 7-Virgilio Limon pass complete to 31-Richard Hogan to MIN 45 for 6 yards. Tackle by 21-Wesley Fortenberry.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-4-MIN 45 (4:36) 7-Virgilio Limon pass Pass knocked down by 50-Nick Mason. incomplete, intended for 82-Wm Addis. Pressure by 99-Juan Gregory.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-4-MIN 45 (4:31) 16-Anthony Carter ran to MIN 32 for 13 yards. Tackle by 51-Jeremy Lake. 31-Richard Hogan missed that block completely.</t>
   </si>
   <si>
-    <t>#52 Robert Quinn - SLB</t>
+    <t>#27 Robert Quinn - CB</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>MIN 32</t>
   </si>
   <si>
     <t>1-10-MIN 32 (3:50) 7-Virgilio Limon pass complete to 88-Matthew Ayala to MIN 28 for 4 yards. Tackle by 58-Phillip King.</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
   <si>
     <t>MIN 28</t>
   </si>
   <si>
     <t>2-6-MIN 28 (3:14) 7-Virgilio Limon pass complete to 88-Matthew Ayala to MIN 22 for 6 yards. 88-Matthew Ayala FUMBLES (40-Kelly Dodson) recovered by MIN-48-Richard Corey at MIN 22. Tackle by 62-Paul Smith. MIN 98-Kenneth Mueller was injured on the play. He looks like he should be able to return. MIN 40-Kelly Dodson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>1-10-MIN 22 (3:10) PENALTY - False Start (MIN 41-Michael Turner)</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>1-10-MIN 39 (1:53) 2-Andrew Comstock pass complete to 41-Michael Turner to MIN 48 for 9 yards. Pushed out of bounds by 52-Daniel Blackwell.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>Singleback Big WR Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-MIN 48 (1:48) 2-Andrew Comstock pass complete to 89-Arron Stanley to MIA 20 for 32 yards. Pushed out of bounds by 21-Harry Crowder. 86-James Breen totally missed that block.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>1-10-MIA 20 (1:40) 2-Andrew Comstock pass complete to 41-Michael Turner to MIA 0 for 20 yards. TOUCHDOWN! 41-Michael Turner breaks down the CB. MIN 16 MIA 0</t>
   </si>
   <si>
-    <t>#55 Myron Bean - RT</t>
+    <t>#79 Myron Bean - LT</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>(1:34) Extra point GOOD by 5-Brian Frost. MIN 17 MIA 0</t>
   </si>
   <si>
     <t>(1:34) 5-Brian Frost kicks 75 yards from MIN 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (1:34) 32-Keith Mock ran to MIA 27 for 2 yards. Tackle by 93-Greg Hodges.</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>MIA 27</t>
   </si>
   <si>
     <t>2-8-MIA 27 (0:51) 32-Keith Mock ran to MIA 34 for 7 yards. Tackle by 22-Daniel Noland. MIA 32-Keith Mock was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
@@ -2324,91 +2324,91 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>