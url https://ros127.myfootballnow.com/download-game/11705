--- v1 (2025-12-17)
+++ v2 (2026-02-03)
@@ -281,60 +281,60 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to MIA -10. Touchback.</t>
   </si>
   <si>
-    <t>#32 Keith Mock - RB</t>
+    <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#54 Robert Morris - LDE</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#96 Logan Pineda - RDE</t>
   </si>
   <si>
     <t>#40 Frank Hulme - SS</t>
   </si>
   <si>
     <t>#27 Jerrold Witte - FS</t>
   </si>
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
@@ -353,114 +353,114 @@
   <si>
     <t>1-10-MIA 25 (15:00) 32-Keith Mock ran to MIA 38 for 13 yards. Tackle by 22-Daniel Noland. MIN 92-Russell Penrod was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
-    <t>#77 David Caron - RG</t>
+    <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
-    <t>#90 Charles Louden - RDE</t>
+    <t>#90 Charles Louden - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#93 Greg Hodges - DT</t>
   </si>
   <si>
     <t>#92 Russell Penrod - RDE</t>
   </si>
   <si>
-    <t>#58 Phillip King - WLB</t>
+    <t>#58 Phillip King - SLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#57 David White - WLB</t>
   </si>
   <si>
     <t>#21 Wesley Fortenberry - CB</t>
   </si>
   <si>
     <t>#40 Kelly Dodson - CB</t>
   </si>
   <si>
     <t>#22 Daniel Noland - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIA 38</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 38 (14:21) 7-Virgilio Limon pass complete to 11-Kyle Valentine to MIA 49 for 12 yards. Tackle by 40-Roy Gallagher. 28-Gregory Matthews got away with a hold on that play.</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
-    <t>#50 Nick Mason - MLB</t>
+    <t>#50 Nick Mason - CB</t>
   </si>
   <si>
     <t>#28 Gregory Matthews - CB</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>#30 Roy Gallagher - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>MIA 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 49 (13:38) 32-Keith Mock ran to MIN 36 for 15 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>MIN 7</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-3-MIN 7 (8:28) 7-Virgilio Limon pass Pass knocked down by 21-Wesley Fortenberry. incomplete, intended for 17-Lawrence Alvarez.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-MIN 7 (8:24) 4-Shane Earle 25 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#41 Michael Turner - RB</t>
   </si>
   <si>
     <t>#88 Cornelius Meek - WR</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
@@ -659,81 +659,81 @@
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
     <t>#19 Bruce Barnes - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#91 Steven Martin - DT</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
-    <t>#94 Leonel Floyd - MLB</t>
+    <t>#55 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 30 (7:43) 2-Andrew Comstock pass complete to 89-Arron Stanley to MIN 48 for 17 yards. Tackle by 44-James Lawrence. 94-Leonel Floyd got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>1-10-MIN 48 (7:05) 41-Michael Turner ran to MIA 45 for 7 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
-    <t>#43 Fred Jones - RB</t>
-[...2 lines deleted...]
-    <t>#90 Leo Morris - LDE</t>
+    <t>#43 Fred Jones - WR</t>
+  </si>
+  <si>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>MIA 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-3-MIA 45 (6:19) 35-Charles Rosado ran to MIA 37 for 8 yards. Tackle by 20-Richard Zimmerman.</t>
   </si>
   <si>
     <t>#3 Charles Rosado - WR</t>
   </si>
   <si>
     <t>#23 Dale Solt - CB</t>
   </si>
   <si>
     <t>#34 Pasquale Hanson - SS</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>MIA 46</t>
   </si>
   <si>
     <t>3-6-MIA 46 (15:00) 7-Virgilio Limon pass Pass knocked down by 51-Jeremy Lake. incomplete, intended for 82-Wm Addis.</t>
   </si>
   <si>
     <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-MIA 46 (14:58) 12-Russell Suh punts 46 yards to MIN 9.</t>
   </si>
   <si>
-    <t>#18 Russell Suh - P</t>
+    <t>#1 Russell Suh - P</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>MIN 9</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIN 9 (14:51) 2-Andrew Comstock pass complete to 89-Arron Stanley to MIN 21 for 13 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>