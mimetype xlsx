--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -347,51 +347,51 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 32-Keith Mock ran to MIA 38 for 13 yards. Tackle by 22-Daniel Noland. MIN 92-Russell Penrod was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#90 Charles Louden - DT</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#93 Greg Hodges - DT</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#41 Michael Turner - RB</t>
   </si>
   <si>
     <t>#88 Cornelius Meek - WR</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
-    <t>#89 Arron Stanley - TE</t>
+    <t>#85 Arron Stanley - WR</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 20 (8:22) 2-Andrew Comstock pass complete to 19-Bruce Barnes to MIN 30 for 10 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>#2 Andrew Comstock - QB</t>
   </si>
   <si>
     <t>#31 Edward Anderson - FB</t>
   </si>
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
     <t>#19 Bruce Barnes - WR</t>
   </si>