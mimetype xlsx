--- v3 (2026-02-23)
+++ v4 (2026-03-25)
@@ -332,60 +332,60 @@
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 32-Keith Mock ran to MIA 38 for 13 yards. Tackle by 22-Daniel Noland. MIN 92-Russell Penrod was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#1 Virgilio Limon - QB</t>
+    <t>#10 Virgilio Limon - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#90 Charles Louden - DT</t>
   </si>
@@ -632,54 +632,54 @@
   <si>
     <t>#61 Ronnie Heath - RT</t>
   </si>
   <si>
     <t>#10 Paul Worthy - WR</t>
   </si>
   <si>
     <t>#85 Arron Stanley - WR</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 20 (8:22) 2-Andrew Comstock pass complete to 19-Bruce Barnes to MIN 30 for 10 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>#2 Andrew Comstock - QB</t>
   </si>
   <si>
-    <t>#31 Edward Anderson - FB</t>
-[...2 lines deleted...]
-    <t>#86 James Breen - WR</t>
+    <t>#31 Edward Anderson - TE</t>
+  </si>
+  <si>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#19 Bruce Barnes - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#66 Mike Wright - LG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#91 Steven Martin - DT</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#55 Leonel Floyd - MLB</t>
   </si>