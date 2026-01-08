--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -380,93 +380,93 @@
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#77 David Caron - RG</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#56 Martin King - DT</t>
   </si>
   <si>
     <t>#91 Benito Thompson - LDE</t>
   </si>
   <si>
     <t>#74 Wayne Whitner - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
   <si>
-    <t>#94 Felipe Thomas - LDE</t>
+    <t>#72 Felipe Thomas - LDE</t>
   </si>
   <si>
     <t>#59 Mark Walker - SLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
   <si>
     <t>#50 Randy Rucker - WLB</t>
   </si>
   <si>
     <t>#26 William Metz - CB</t>
   </si>
   <si>
     <t>#43 Luis Ouellette - CB</t>
   </si>
   <si>
     <t>#38 Thomas Price - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>MIA 43</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 43 (14:13) 38-Eduardo Denton ran to MIA 42 for -1 yards. Tackle by 95-Mario Jones.</t>
   </si>
   <si>
     <t>#14 Jay Nichols - WR</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
-    <t>#73 Mario Jones - DT</t>
+    <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#98 Millard Larsen - MLB</t>
   </si>
   <si>
     <t>#49 Eric Mars - CB</t>
   </si>
   <si>
     <t>#41 Adam Hughes - FS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>MIA 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-11-MIA 42 (13:35) 12-Maynard Ware pass complete to 38-Eduardo Denton to CHI 49 for 9 yards. Tackle by 98-Millard Larsen. MIA 68-Miles Singleton was injured on the play. He looks like he should be able to return. PENALTY - Facemask (CHI 98-Millard Larsen)</t>
   </si>
@@ -581,75 +581,75 @@
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#47 Thomas Denman - RB</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#13 Roy Contreras - WR</t>
   </si>
   <si>
     <t>#86 David Fry - WR</t>
   </si>
   <si>
     <t>#79 John Hundley - LT</t>
   </si>
   <si>
     <t>#69 Desmond Curtis - C</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
-    <t>#71 Clement Hughes - RG</t>
+    <t>#65 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#72 Luis Wright - RT</t>
   </si>
   <si>
     <t>#91 Steven Martin - DT</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CHI 36 (11:31) 47-Thomas Denman ran to CHI 47 for 11 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
-    <t>#87 Michael Tanksley - TE</t>
-[...2 lines deleted...]
-    <t>#65 Leo Morris - RDE</t>
+    <t>#81 Michael Tanksley - TE</t>
+  </si>
+  <si>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 47 (10:57) 5-Seth Wallen pass complete to 86-David Fry to MIA 48 for 5 yards. Tackle by 25-Steven Pena.</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-4-CHI 46 (12:04) 5-Seth Wallen pass complete to 47-Thomas Denman to MIA 37 for 16 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
   <si>
     <t>1-10-MIA 37 (11:22) 5-Seth Wallen pass complete to 23-Clifton Crabtree to MIA 27 for 10 yards. Tackle by 20-Richard Zimmerman. MIA 7-Gary Buckles was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>MIA 27</t>
   </si>
   <si>
     <t>2-1-MIA 27 (10:38) 5-Seth Wallen pass complete to 87-Michael Tanksley to MIA 19 for 8 yards. Tackle by 58-Daniel Edwards.</t>
   </si>
   <si>
-    <t>#58 Daniel Edwards - SLB</t>
+    <t>#6 Daniel Edwards - MLB</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>MIA 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 19 (9:57) 32-Maurice Orta ran to MIA 20 for -1 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>2-11-MIA 20 (9:16) 32-Maurice Orta ran to MIA 8 for 12 yards. Tackle by 20-Richard Zimmerman. MIA 46-Eric Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>