--- v1 (2026-01-08)
+++ v2 (2026-02-03)
@@ -281,132 +281,132 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Edgar Underhill kicks 68 yards from CHI 35 to MIA -3. 32-Keith Mock to MIA 31 for 35 yards. Tackle by 10-Edgar Underhill. MIA 32-Keith Mock was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Keith Mock - RB</t>
+    <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#36 Jamie Johnson - CB</t>
   </si>
   <si>
     <t>#25 Steven Pena - CB</t>
   </si>
   <si>
     <t>#47 Richard Holland - SS</t>
   </si>
   <si>
     <t>#93 Christoper Russell - SLB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#43 William Koehler - FS</t>
   </si>
   <si>
     <t>#54 Robert Morris - LDE</t>
   </si>
   <si>
     <t>#46 Eric Parker - CB</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#10 Edgar Underhill - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MIA 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 31 (14:55) 38-Eduardo Denton ran to MIA 43 for 11 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>#12 Maynard Ware - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
-    <t>#77 David Caron - RG</t>
+    <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#56 Martin King - DT</t>
   </si>
   <si>
     <t>#91 Benito Thompson - LDE</t>
   </si>
   <si>
     <t>#74 Wayne Whitner - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
   <si>
     <t>#72 Felipe Thomas - LDE</t>
   </si>
   <si>
     <t>#59 Mark Walker - SLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
@@ -518,138 +518,138 @@
   <si>
     <t>#81 Willie Hardin - WR</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-CHI 38 (12:18) 4-Shane Earle 56 yard field goal is GOOD. MIA 3 CHI 0</t>
   </si>
   <si>
     <t>#7 Gary Buckles - QB</t>
   </si>
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
-    <t>#94 Leonel Floyd - MLB</t>
+    <t>#55 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>#96 Logan Pineda - RDE</t>
   </si>
   <si>
     <t>#98 Chad Musgrave - WLB</t>
   </si>
   <si>
-    <t>#99 Michael Williams - MLB</t>
+    <t>#94 Michael Williams - MLB</t>
   </si>
   <si>
     <t>#52 Bryan Taylor - WLB</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>(12:14) 4-Shane Earle kicks 75 yards from MIA 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#32 Maurice Orta - RB</t>
   </si>
   <si>
     <t>#97 Terry Brown - RDE</t>
   </si>
   <si>
     <t>#93 Michael Hildebrandt - MLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>1-10-CHI 25 (12:14) 5-Seth Wallen pass complete to 15-Thomas Fink to CHI 36 for 11 yards. Tackle by 47-Richard Holland.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
-    <t>#47 Thomas Denman - RB</t>
+    <t>#35 Thomas Denman - RB</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#13 Roy Contreras - WR</t>
   </si>
   <si>
     <t>#86 David Fry - WR</t>
   </si>
   <si>
     <t>#79 John Hundley - LT</t>
   </si>
   <si>
     <t>#69 Desmond Curtis - C</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
     <t>#65 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#72 Luis Wright - RT</t>
   </si>
   <si>
     <t>#91 Steven Martin - DT</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CHI 36 (11:31) 47-Thomas Denman ran to CHI 47 for 11 yards. Tackle by 44-James Lawrence.</t>
   </si>
   <si>
     <t>#81 Michael Tanksley - TE</t>
   </si>
   <si>
-    <t>#90 Leo Morris - LDE</t>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 47 (10:57) 5-Seth Wallen pass complete to 86-David Fry to MIA 48 for 5 yards. Tackle by 25-Steven Pena.</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
@@ -1784,51 +1784,51 @@
   <si>
     <t>2-1-MIA 2 (4:57) 5-Seth Wallen pass complete to 15-Thomas Fink for 2 yards. TOUCHDOWN! MIA 16 CHI 19</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>(4:55) Extra point GOOD by 10-Edgar Underhill. MIA 16 CHI 20</t>
   </si>
   <si>
     <t>(4:55) 10-Edgar Underhill kicks 75 yards from CHI 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (4:55) 32-Keith Mock ran to MIA 25 for a short loss. Tackle by 91-Benito Thompson. MIA 71-Harvey Sanabria was injured on the play.</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-10-MIA 25 (4:14) 38-Eduardo Denton ran to MIA 25 for a short loss. Tackle by 95-Mario Jones.</t>
   </si>
   <si>
-    <t>#73 Robert Coles - C</t>
+    <t>#64 Robert Coles - C</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>3-10-MIA 25 (3:34) 38-Eduardo Denton ran to MIA 24 for a short loss. Tackle by 41-Adam Hughes.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>4-11-MIA 24 (2:59) 2-Graig Stone punts 43 yards to CHI 33. Fair Catch by 15-Thomas Fink.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>CHI 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-CHI 33 (2:53) 47-Thomas Denman ran to CHI 34 for 1 yards. Tackle by 66-Nathaniel Allen.</t>
   </si>