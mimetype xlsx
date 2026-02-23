--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -353,51 +353,51 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 31 (14:55) 38-Eduardo Denton ran to MIA 43 for 11 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>#12 Maynard Ware - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#56 Martin King - DT</t>
   </si>
   <si>
     <t>#91 Benito Thompson - LDE</t>
   </si>
   <si>
     <t>#74 Wayne Whitner - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>1-10-CHI 47 (10:57) 5-Seth Wallen pass complete to 86-David Fry to MIA 48 for 5 yards. Tackle by 25-Steven Pena.</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Timeout CHI</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-MIA 48 (10:16) 5-Seth Wallen pass Pass knocked down by 36-Jamie Johnson. incomplete, intended for 32-Maurice Orta.</t>
   </si>
   <si>
-    <t>#89 Michael Dysart - WR</t>
+    <t>#89 Michael Dysart - RT</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-MIA 48 (10:12) 5-Seth Wallen sacked at CHI 47 for -5 yards (96-Logan Pineda). Sack allowed by 79-John Hundley.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-CHI 47 (9:32) 14-Jonathon Elliott punts 41 yards to MIA 12.</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-8-MIA 9 (4:11) 5-Seth Wallen pass complete to 32-Maurice Orta for 9 yards. TOUCHDOWN! MIA 3 CHI 6</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>(4:08) Extra point GOOD by 10-Edgar Underhill. MIA 3 CHI 7</t>
   </si>
   <si>
     <t>#3 Patrick Hixson - QB</t>
   </si>
   <si>
     <t>#76 Charles Harmon - LT</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
-    <t>#95 Marshall Cane - LDE</t>
+    <t>#79 Marshall Cane - LDE</t>
   </si>
   <si>
     <t>(4:08) 10-Edgar Underhill kicks 75 yards from CHI 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>1-10-MIA 25 (4:08) 12-Maynard Ware pass Pass knocked down by 59-Mark Walker. incomplete, intended for 32-Keith Mock. 59-Mark Walker got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>2-10-MIA 25 (4:04) 32-Keith Mock ran to MIA 30 for 5 yards. Tackle by 96-Theodore Barber.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>