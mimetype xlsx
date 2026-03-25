--- v3 (2026-02-23)
+++ v4 (2026-03-25)
@@ -347,51 +347,51 @@
   <si>
     <t>MIA 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 31 (14:55) 38-Eduardo Denton ran to MIA 43 for 11 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>#12 Maynard Ware - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
   <si>
     <t>#11 Kyle Valentine - WR</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#56 Martin King - DT</t>
   </si>
   <si>
     <t>#91 Benito Thompson - LDE</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-MIA 48 (10:12) 5-Seth Wallen sacked at CHI 47 for -5 yards (96-Logan Pineda). Sack allowed by 79-John Hundley.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-CHI 47 (9:32) 14-Jonathon Elliott punts 41 yards to MIA 12.</t>
   </si>
   <si>
     <t>#14 Jonathon Elliott - P</t>
   </si>
   <si>
-    <t>#77 James Shafer - RT</t>
+    <t>#51 James Shafer - RT</t>
   </si>
   <si>
     <t>#84 Paul Jones - LT</t>
   </si>
   <si>
     <t>#54 Aaron Gibson - LG</t>
   </si>
   <si>
     <t>#99 Darrell Ulrich - SLB</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>MIA 12</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-MIA 12 (9:25) 12-Maynard Ware pass complete to 32-Keith Mock to MIA 13 for 1 yards. Tackle by 26-William Metz. CHI 95-Mario Jones was injured on the play. He looks like he should be able to return. CHI 26-William Metz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>