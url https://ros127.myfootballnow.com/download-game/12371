--- v0 (2026-02-03)
+++ v1 (2026-02-23)
@@ -314,51 +314,51 @@
   <si>
     <t>#39 Ethan Reynolds - FS</t>
   </si>
   <si>
     <t>#36 Claude Carpenter - SS</t>
   </si>
   <si>
     <t>#45 Sean Kuhn - CB</t>
   </si>
   <si>
     <t>#52 Todd Johnson - WLB</t>
   </si>
   <si>
     <t>#40 Gino Frisbie - CB</t>
   </si>
   <si>
     <t>#49 John Meyer - FS</t>
   </si>
   <si>
     <t>#44 Lloyd Lang - WLB</t>
   </si>
   <si>
     <t>#28 Jesse Johannes - CB</t>
   </si>
   <si>
-    <t>#4 Kirk Stephenson - K</t>
+    <t>#8 Kirk Stephenson - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 86-Francisco Hampton ran to TBY 28 for 3 yards. Tackle by 21-Scott Cancel.</t>
   </si>
   <si>
     <t>#9 Gary Radke - QB</t>
   </si>
   <si>
     <t>#86 Francisco Hampton - RB</t>
   </si>
   <si>
     <t>#85 William Bath - RB</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>#80 Darren Robinson - TE</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#81 Mark Calle - WR</t>
   </si>
   <si>
     <t>#82 Tom Carney - WR</t>
   </si>
   <si>
     <t>#51 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
     <t>#65 Roy Hagemann - C</t>
   </si>
   <si>
     <t>#67 Ronnie Ho - RG</t>
   </si>
   <si>
-    <t>#76 Martin Reynolds - RT</t>
+    <t>#76 Martin Reynolds - LT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#59 Derrick Escamilla - DT</t>
   </si>
   <si>
     <t>#90 William Roberts - RDE</t>
   </si>
   <si>
     <t>#93 Benjamin Vargo - SLB</t>
   </si>
   <si>
     <t>#96 James Brandt - MLB</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 35 (7:33) 9-Gary Radke pass complete to 85-William Bath to DEN 30 for 5 yards. Tackle by 59-Armando Braun.</t>
   </si>
@@ -1343,51 +1343,51 @@
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>1-10-TBY 40 (12:32) 13-Christopher Poteete pass complete to 80-Darren Robinson to TBY 28 for 13 yards. Tackle by 96-James Brandt.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-TBY 28 (11:46) 13-Christopher Poteete sacked at TBY 35 for -7 yards (90-William Roberts). Sack allowed by 75-Daniel Pounds.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-17-TBY 35 (11:11) 13-Christopher Poteete pass Pass knocked down by 44-Lloyd Lang. incomplete, intended for 87-Michael Gorham.</t>
   </si>
   <si>
-    <t>#38 Brian Diaz - RB</t>
+    <t>#30 Brian Diaz - RB</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>3-17-TBY 35 (11:09) 13-Christopher Poteete pass Pass knocked down by 36-Claude Carpenter. incomplete, intended for 34-John Suber. TBY 90-William Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>4-17-TBY 35 (11:06) 4-Kirk Stephenson 53 yard field goal is GOOD. TBY 17 DEN 6</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>(11:02) 4-Kirk Stephenson kicks 70 yards from DEN 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-TBY 25 (11:02) 9-Gary Radke pass Pass knocked down by 59-Armando Braun. incomplete, intended for 81-Malcolm Jackson.</t>
   </si>