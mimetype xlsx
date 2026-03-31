--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -302,90 +302,90 @@
   <si>
     <t>(15:00) 3-Chad  Butler kicks 68 yards from CIN 35 to BUF -3. Touchback.</t>
   </si>
   <si>
     <t>#18 Jesse Robbs - WR</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#98 Timothy Ware - DT</t>
   </si>
   <si>
     <t>#31 Thomas Ford - CB</t>
   </si>
   <si>
     <t>#37 Howard Kelly - CB</t>
   </si>
   <si>
     <t>#34 Chad Brown - CB</t>
   </si>
   <si>
     <t>#36 Mark Walker - FS</t>
   </si>
   <si>
-    <t>#43 Jeffery Daugherty - CB</t>
+    <t>#43 Jeffery Daugherty - FS</t>
   </si>
   <si>
     <t>#25 Charles Hemingway - CB</t>
   </si>
   <si>
     <t>#44 Martin Lang - SS</t>
   </si>
   <si>
     <t>#33 Kevin Bulkley - SS</t>
   </si>
   <si>
     <t>#3 Chad  Butler - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 24-Christopher Perkins ran to BUF 32 for 7 yards. Tackle by 37-Rodney Turner. PENALTY - Facemask (CIN 37-Rodney Turner)</t>
   </si>
   <si>
     <t>#2 Stephen Solis - QB</t>
   </si>
   <si>
     <t>#24 Christopher Perkins - RB</t>
   </si>
   <si>
     <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
-    <t>#39 Jeffrey Meadows - FS</t>
+    <t>#82 Jeffrey Meadows - WR</t>
   </si>
   <si>
     <t>#81 Michael Wright - WR</t>
   </si>
   <si>
     <t>#75 William Miller - LT</t>
   </si>
   <si>
     <t>#61 John McElwee - LG</t>
   </si>
   <si>
     <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#62 Benjamin Tusing - RG</t>
   </si>
   <si>
     <t>#66 Brian Davis - RT</t>
   </si>
   <si>
     <t>#77 Guadalupe Ortiz - LDE</t>
   </si>
   <si>
     <t>#71 John Hayden - DT</t>
   </si>
@@ -506,150 +506,150 @@
   <si>
     <t>2-10-CIN 42 (13:06) 2-Stephen Solis pass complete to 18-Jesse Robbs to CIN 29 for 13 yards. Tackle by 39-Robert Taylor.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>1-10-CIN 29 (12:29) 2-Stephen Solis pass complete to 41-Walter Kleiman to CIN 20 for 9 yards. Tackle by 38-Daniel Rocha. BUF 76-Juan Davidson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>CIN 20</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-CIN 20 (11:41) 24-Christopher Perkins ran to CIN 18 for 2 yards. Tackle by 38-Daniel Rocha.</t>
   </si>
   <si>
-    <t>#29 Armando Doty - CB</t>
+    <t>#11 Armando Doty - WR</t>
   </si>
   <si>
     <t>#64 Robert Coles - C</t>
   </si>
   <si>
     <t>#47 Christopher Clark - WLB</t>
   </si>
   <si>
     <t>#36 Charles Preslar - SS</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CIN 18</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 18 (11:04) 2-Stephen Solis pass INTERCEPTED by 42-Lawrence Hughes at CIN 12. 42-Lawrence Hughes to CIN 16 for 4 yards. Tackle by 62-Benjamin Tusing. PENALTY - Holding (CIN 45-Doug Wright)</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>CIN 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-CIN 8 (10:59) 31-Christopher Grover ran to CIN 19 for 11 yards. Tackle by 33-Kevin Bulkley.</t>
   </si>
   <si>
     <t>#11 Thomas Coyne - QB</t>
   </si>
   <si>
-    <t>#31 Christopher Grover - RB</t>
-[...2 lines deleted...]
-    <t>#88 Rory Milner - TE</t>
+    <t>#28 Christopher Grover - RB</t>
+  </si>
+  <si>
+    <t>#85 Rory Milner - TE</t>
   </si>
   <si>
     <t>#9 Brandon Seabrook - WR</t>
   </si>
   <si>
     <t>#7 David Defeo - WR</t>
   </si>
   <si>
     <t>#8 Lawrence Evers - WR</t>
   </si>
   <si>
     <t>#66 William McAlister - LT</t>
   </si>
   <si>
     <t>#68 David Hassell - LT</t>
   </si>
   <si>
     <t>#57 Charles Williamson - C</t>
   </si>
   <si>
     <t>#63 Earl Rodriquez - RG</t>
   </si>
   <si>
     <t>#69 James Conway - RT</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
-    <t>#74 James Church - RDE</t>
+    <t>#74 James Church - DT</t>
   </si>
   <si>
     <t>#57 George Robert - SLB</t>
   </si>
   <si>
     <t>#93 Dennis Johnson - MLB</t>
   </si>
   <si>
     <t>#59 Frank Cannon - WLB</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>CIN 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CIN 19 (10:16) 31-Christopher Grover ran to CIN 30 for 11 yards. Tackle by 57-George Robert.</t>
   </si>
   <si>
-    <t>#34 Joesph Diggs - FB</t>
+    <t>#2 Joesph Diggs - FB</t>
   </si>
   <si>
     <t>#33 George Laplant - FB</t>
   </si>
   <si>
     <t>#89 Robert Davis - TE</t>
   </si>
   <si>
     <t>#92 Jose Smith - RDE</t>
   </si>
   <si>
     <t>#77 James Grunwald - DT</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-BUF 43 (5:41) 1-Benjamin Bloom punts 42 yards to BUF 1.</t>
   </si>
   <si>
     <t>#1 Benjamin Bloom - P</t>
   </si>
   <si>
     <t>#59 Melvin Schoen - C</t>
   </si>
   <si>
     <t>#67 Harold Brown - RT</t>
   </si>
   <si>
     <t>#58 Herbert Delgado - C</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - LG</t>
+    <t>#60 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>BUF 1</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BUF 1 (5:30) 2-Stephen Solis pass Pass knocked down by 21-Victor Forsythe. incomplete, intended for 24-Christopher Perkins.</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>2-10-BUF 1 (5:28) 24-Christopher Perkins ran to BUF 4 for 2 yards. Tackle by 43-Robert Finke.</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>BUF 4</t>
   </si>
@@ -2257,51 +2257,51 @@
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">