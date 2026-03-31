--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-David Washington kicks 69 yards from SEA 35 to OAK -4. 2-David Palmer to OAK 26 for 30 yards. Tackle by 97-Lamont Hendley.</t>
   </si>
   <si>
     <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>
   <si>
     <t>#41 Douglas Diaz - MLB</t>
   </si>
   <si>
     <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#34 Bruce Davis - SS</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>#49 Osvaldo Dessert - SLB</t>
   </si>
   <si>
     <t>#22 Brent Simmons - CB</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
     <t>#8 David Washington - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>OAK 26</t>
   </si>