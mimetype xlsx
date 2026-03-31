--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Shane Earle kicks 74 yards from MIA 35 to LAA -9. Touchback.</t>
   </si>
   <si>
     <t>#87 Ricky Arno - WR</t>
   </si>
   <si>
     <t>#98 Chad Musgrave - WLB</t>
   </si>
   <si>
     <t>#68 Paul Topper - DT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#31 Ernest Ward - SS</t>
   </si>
   <si>
-    <t>#62 Bill Bell - LDE</t>
+    <t>#51 Bill Bell - LDE</t>
   </si>
   <si>
     <t>#79 Manuel Edwards - MLB</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#56 Roscoe Moore - RDE</t>
   </si>
   <si>
     <t>#81 Harry Harmon - TE</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>#4 Shane Earle - K</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 24 (12:56) 12-Maynard Ware sacked at MIA 13 for -10 yards (29-Samuel Aaron). Sack allowed by 64-Anthony Jimenez.</t>
   </si>
   <si>
     <t>#12 Maynard Ware - QB</t>
   </si>
   <si>
     <t>#49 David Hernandez - RB</t>
   </si>
   <si>
     <t>#44 Cleo Sherer - FB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#14 Jay Nichols - WR</t>
   </si>
   <si>
     <t>#76 Ronald Allen - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#77 Christopher Horn - C</t>
   </si>
   <si>
     <t>#64 Anthony Jimenez - RG</t>
   </si>
   <si>
     <t>#50 Dennis Wilson - RT</t>
   </si>
   <si>
     <t>#91 Donald Faust - DT</t>
   </si>
   <si>
     <t>#63 Joseph Nottingham - DT</t>
   </si>