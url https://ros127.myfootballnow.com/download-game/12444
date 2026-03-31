--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -1226,51 +1226,51 @@
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>1-10-MIN 45 (1:13) 2-Andrew Comstock pass incomplete, intended for 5-Paul Sanchez.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>2-10-MIN 45 (1:10) 2-Andrew Comstock ran to NED 38 for 16 yards. 2-Andrew Comstock slides to avoid being hit.</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>NED 38</t>
   </si>
   <si>
     <t>1-10-NED 38 (0:44) 2-Andrew Comstock pass complete to 3-Charles Rosado to NED 36 for 2 yards. Tackle by 38-Keith Client.</t>
   </si>
   <si>
     <t>#3 Charles Rosado - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>NED 36</t>
   </si>
   <si>
     <t>2-8-NED 36 (0:24) 2-Andrew Comstock pass complete to 3-Charles Rosado to NED 31 for 5 yards. Tackle by 38-Keith Client.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>NED 31</t>
   </si>
   <si>
     <t>3-3-NED 31 (0:02) 1-James Wilson 49 yard field goal is GOOD. NED 7 MIN 6</t>
   </si>
   <si>
     <t>#96 Peter Snow - RDE</t>
   </si>