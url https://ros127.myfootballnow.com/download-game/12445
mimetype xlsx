--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -341,51 +341,51 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>IND 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-IND 19 (14:56) 7-Mark Garrett pass complete to 81-Marlon Pineda to IND 37 for 18 yards. Tackle by 26-Ward Fitch. PENALTY - Pass Interference (NYN 29-Javier Elder) (Declined)</t>
   </si>
   <si>
     <t>#7 Mark Garrett - QB</t>
   </si>
   <si>
     <t>#8 Carlton Brady - RB</t>
   </si>
   <si>
-    <t>#5 Eric Ford - RB</t>
+    <t>#25 Eric Ford - RB</t>
   </si>
   <si>
     <t>#13 Roy Contreras - WR</t>
   </si>
   <si>
     <t>#81 Marlon Pineda - WR</t>
   </si>
   <si>
     <t>#74 Gerard Kelly - LT</t>
   </si>
   <si>
     <t>#53 Ramon Bueno - LG</t>
   </si>
   <si>
     <t>#69 Douglas McFarlane - C</t>
   </si>
   <si>
     <t>#57 Romeo Flynn - RG</t>
   </si>
   <si>
     <t>#60 Joseph Alston - RG</t>
   </si>
   <si>
     <t>#95 Victor Raglin - LDE</t>
   </si>