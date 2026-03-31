--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -554,51 +554,51 @@
   <si>
     <t>#15 Jason Anderson - WR</t>
   </si>
   <si>
     <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#51 Keith Ewen - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#56 John Green - RG</t>
   </si>
   <si>
     <t>#77 Murray Reid - RT</t>
   </si>
   <si>
     <t>#99 Jimmy Benson - DT</t>
   </si>
   <si>
     <t>#70 Omar Shim - DT</t>
   </si>
   <si>
-    <t>#71 Jose Kemper - RDE</t>
+    <t>#69 Jose Kemper - RDE</t>
   </si>
   <si>
     <t>#91 Fredrick Spaulding - WLB</t>
   </si>
   <si>
     <t>#41 Kenneth Welliver - FS</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>CLE 12</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-18-CLE 12 (11:30) 12-Eric Davis pass complete to 14-Rudolph Friday to CLE 15 for 3 yards. Tackle by 26-Larry Brower.</t>
   </si>
   <si>
     <t>#86 Ralph Hector - TE</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>CLE 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-15-CLE 30 (10:06) 21-Willie Alexander ran to CLE 35 for 5 yards. Tackle by 98-Michael Kerlin.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-10-CLE 35 (9:28) 12-Eric Davis pass complete to 86-Ralph Hector to CLE 42 for 7 yards. Tackle by 97-Eddie Wilson.</t>
   </si>
   <si>
-    <t>#85 Jermaine Nix - TE</t>
+    <t>#82 Jermaine Nix - TE</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>4-3-CLE 42 (8:43) 7-Nathan Suda punts 46 yards to BAL 13. Fair Catch by 16-Thomas Gadberry.</t>
   </si>
   <si>
     <t>#7 Nathan Suda - P</t>
   </si>
   <si>
     <t>#60 Christopher Lehner - C</t>
   </si>
   <si>
     <t>#73 Andrew Shea - LT</t>
   </si>
   <si>
     <t>#57 Milton Maxwell - RG</t>
   </si>
   <si>
     <t>#59 Horace Wagner - LDE</t>
   </si>