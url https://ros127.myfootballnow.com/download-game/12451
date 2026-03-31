--- v0 (2026-02-27)
+++ v1 (2026-03-31)
@@ -1346,51 +1346,51 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>1-10-GBY 23 (13:01) 12-Richard Derrick pass Pass knocked down by 28-Jesse Johannes. incomplete, intended for 19-Peter Campbell.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>2-10-GBY 23 (12:56) 30-Patrick Roberts ran to GBY 35 for 12 yards. Tackle by 36-Claude Carpenter.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>1-10-GBY 35 (12:21) 12-Richard Derrick sacked at GBY 26 for -10 yards (48-Gerry Haggard) 12-Richard Derrick FUMBLES (48-Gerry Haggard) recovered by TBY-54-James Estes at GBY 27. 54-James Estes FUMBLES (32-Billy Presley) recovered by GBY-66-Alvaro Leon at GBY 25.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>1-10-GBY 25 (12:15) 31-Jesse Mesta ran to GBY 36 for 10 yards. Tackle by 39-Ethan Reynolds.</t>
   </si>
   <si>
-    <t>#16 Robert Orr - WR</t>
+    <t>#13 Robert Orr - WR</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-GBY 36 (11:35) 32-Billy Presley ran to GBY 48 for 12 yards. Tackle by 28-Jesse Johannes.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>GBY 48</t>
   </si>
   <si>
     <t>1-10-GBY 48 (10:59) 12-Richard Derrick pass complete to 30-Patrick Roberts to GBY 49 for 1 yards. Tackle by 36-Claude Carpenter. PENALTY - Holding (GBY 61-Jeremy White)</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>GBY 38</t>
   </si>