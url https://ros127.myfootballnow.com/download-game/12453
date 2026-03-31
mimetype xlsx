--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-BUF 25 (15:00) PENALTY - False Start (BUF 80-Joesph Blow)</t>
   </si>
   <si>
     <t>#2 Stephen Solis - QB</t>
   </si>
   <si>
     <t>#24 Christopher Perkins - RB</t>
   </si>
   <si>
     <t>#41 Walter Kleiman - RB</t>
   </si>
   <si>
     <t>#46 Willie Villanueva - FB</t>
   </si>
   <si>
     <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
     <t>#86 Jeffery Aikens - TE</t>
   </si>
   <si>
     <t>#70 Robert Swain - LT</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - LG</t>
+    <t>#60 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#63 Joel Olson - RG</t>
   </si>
   <si>
     <t>#66 Brian Davis - RT</t>
   </si>
   <si>
     <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>#58 Ken Doherty - DT</t>
   </si>
   <si>
     <t>#98 Pedro Allen - DT</t>
   </si>
   <si>
     <t>#78 Ben Brown - DT</t>
   </si>
   <si>
     <t>#96 Randall Flores - RDE</t>
   </si>
@@ -1607,51 +1607,51 @@
   <si>
     <t>4-8-HOU 27 (11:45) 7-Joseph Hayslett punts 46 yards to BUF 27. Fair Catch by 18-Jesse Robbs.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>1-10-BUF 27 (11:39) 24-Christopher Perkins ran to BUF 29 for 2 yards. Tackle by 39-Isaac Fitzgerald. BUF 76-Juan Davidson was injured on the play. BUF 24-Christopher Perkins was injured on the play.</t>
   </si>
   <si>
     <t>2-8-BUF 29 (11:06) 2-Stephen Solis pass complete to 12-Elwood Gagne to BUF 39 for 10 yards. Tackle by 39-Isaac Fitzgerald. Nice job by 12-Elwood Gagne on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#64 Robert Coles - C</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>1-10-BUF 39 (10:29) 2-Stephen Solis pass complete to 46-Willie Villanueva to HOU 44 for 17 yards. Tackle by 96-Randall Flores. Great move by 46-Willie Villanueva to get free of his coverage.</t>
   </si>
   <si>
-    <t>#20 William Becker - RB</t>
+    <t>#15 William Becker - WR</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>1-10-HOU 44 (9:46) 41-Walter Kleiman ran to HOU 43 for 1 yards. Tackle by 94-Michael Williams.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>2-9-HOU 43 (9:09) 2-Stephen Solis pass incomplete, dropped by 11-William Becker.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>3-9-HOU 43 (9:06) 11-William Becker ran to HOU 43 for a short loss. Tackle by 78-Ben Brown.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>