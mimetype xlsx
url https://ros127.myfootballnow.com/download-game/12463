--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Donald Delarosa kicks 74 yards from BAL 35 to LAA -9. 87-Ricky Arno to LAA 32 for 41 yards. Tackle by 96-David Howard. 67-Kyle Ladouceur completely missed his blocking assignment. BAL 54-Edward Marsh was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#87 Ricky Arno - WR</t>
   </si>
   <si>
     <t>#91 Donald Faust - DT</t>
   </si>
   <si>
     <t>#79 Manuel Edwards - MLB</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#68 Paul Topper - DT</t>
   </si>
   <si>
-    <t>#62 Bill Bell - LDE</t>
+    <t>#51 Bill Bell - LDE</t>
   </si>
   <si>
     <t>#81 Harry Harmon - TE</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>#98 Chad Musgrave - WLB</t>
   </si>
   <si>
     <t>#31 Ernest Ward - SS</t>
   </si>
   <si>
     <t>#14 Donald Delarosa - K</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>14:53</t>
   </si>