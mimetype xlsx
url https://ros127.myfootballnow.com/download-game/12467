--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Wayne Carrillo kicks 74 yards from ARZ 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>
   <si>
     <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#41 Douglas Diaz - MLB</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>#49 Osvaldo Dessert - SLB</t>
   </si>
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>#34 Bruce Davis - SS</t>
   </si>
   <si>
     <t>#14 Wayne Carrillo - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>