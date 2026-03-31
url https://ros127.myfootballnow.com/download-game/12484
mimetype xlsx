--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -353,51 +353,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 22 (14:57) 24-Christopher Perkins ran to BUF 21 for -1 yards. Tackle by 95-Ty Presnell.</t>
   </si>
   <si>
     <t>#2 Stephen Solis - QB</t>
   </si>
   <si>
     <t>#24 Christopher Perkins - RB</t>
   </si>
   <si>
     <t>#41 Walter Kleiman - RB</t>
   </si>
   <si>
     <t>#46 Willie Villanueva - FB</t>
   </si>
   <si>
     <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
     <t>#86 Jeffery Aikens - TE</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - LG</t>
+    <t>#60 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>#78 Thomas Dennis - LG</t>
   </si>
   <si>
     <t>#64 Robert Coles - C</t>
   </si>
   <si>
     <t>#63 Joel Olson - RG</t>
   </si>
   <si>
     <t>#66 Brian Davis - RT</t>
   </si>
   <si>
     <t>#99 Chuck Strawser - LDE</t>
   </si>
   <si>
     <t>#62 Jose McGrath - LDE</t>
   </si>
   <si>
     <t>#65 William Williams - DT</t>
   </si>
   <si>
     <t>#91 Charles Kane - DT</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#79 Adam Williams - LT</t>
   </si>
   <si>
     <t>#75 Scott Comeau - LG</t>
   </si>
   <si>
     <t>#72 Miguel Northern - C</t>
   </si>
   <si>
     <t>#51 Stuart Baird - RG</t>
   </si>
   <si>
     <t>#66 William Richard - RT</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
     <t>#90 Christopher Bean - DT</t>
   </si>
   <si>
-    <t>#74 James Church - RDE</t>
+    <t>#74 James Church - DT</t>
   </si>
   <si>
     <t>#93 Dennis Johnson - MLB</t>
   </si>
   <si>
     <t>#59 Frank Cannon - WLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NED 49 (12:57) 15-Frank Despres pass incomplete, intended for 82-Joseph Wright.</t>
   </si>
   <si>
     <t>#82 Joseph Wright - TE</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>#30 Daniel Hilton - SS</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NED 25 (6:48) 15-Frank Despres pass complete to 35-John Kindel to NED 33 for 8 yards. Tackle by 59-Frank Cannon. 35-John Kindel breaks down the CB.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-2-NED 33 (6:06) 35-John Kindel ran to NED 34 for 1 yards. Tackle by 59-Frank Cannon.</t>
   </si>
   <si>
     <t>#40 Leo Valdez - FB</t>
   </si>
   <si>
-    <t>#96 Donald Escobedo - DT</t>
+    <t>#96 Donald Escobedo - RDE</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>NED 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-1-NED 34 (5:33) 35-John Kindel ran to NED 33 for -1 yards. Tackle by 53-Richard Childress.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>4-2-NED 33 (4:50) 2-Willie Laird punts 40 yards to BUF 28.</t>
   </si>
   <si>
     <t>#2 Willie Laird - P</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
@@ -2147,51 +2147,51 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="334.918" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>