--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -413,51 +413,51 @@
   <si>
     <t>#26 John Ramirez - CB</t>
   </si>
   <si>
     <t>#2 Daniel Rodriguez - SS</t>
   </si>
   <si>
     <t>#41 Ellis Anderson - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>MIA 34</t>
   </si>
   <si>
     <t>Singleback Big HB Pitch Weak</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-MIA 34 (14:19) 49-David Hernandez ran to MIA 35 for 1 yards. Tackle by 54-Brian Winfield.</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#88 Edmund Powell - TE</t>
   </si>
   <si>
     <t>#79 Jon Morrison - DT</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-9-MIA 35 (13:35) 12-Maynard Ware pass complete to 88-Matthew Ayala to MIA 39 for 3 yards. Tackle by 26-John Ramirez. Pressure by 94-William Joseph.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>MIA 39</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>CLE 19</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 19 (11:58) 24-Robert Schipper ran to CLE 20 for 1 yards. Tackle by 26-Brian Woodard.</t>
   </si>
   <si>
     <t>#12 Eric Davis - QB</t>
   </si>
   <si>
     <t>#24 Robert Schipper - RB</t>
   </si>
   <si>
     <t>#39 David Waring - FB</t>
   </si>
   <si>
-    <t>#85 Jermaine Nix - TE</t>
+    <t>#82 Jermaine Nix - TE</t>
   </si>
   <si>
     <t>#14 Rudolph Friday - WR</t>
   </si>
   <si>
     <t>#15 Jason Anderson - WR</t>
   </si>
   <si>
     <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#51 Keith Ewen - LG</t>
   </si>
   <si>
     <t>#63 Robert Manning - C</t>
   </si>
   <si>
     <t>#57 Milton Maxwell - RG</t>
   </si>
   <si>
     <t>#63 Donald Jernigan - RT</t>
   </si>
   <si>
     <t>#67 Ricky Gallant - DT</t>
   </si>