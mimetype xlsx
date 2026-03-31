--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -287,51 +287,51 @@
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Christopher Prater kicks 75 yards from KCY 35 to OAK -10. Touchback.</t>
   </si>
   <si>
     <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#19 Johnny Farrow - WR</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#41 Douglas Diaz - MLB</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
     <t>#34 Bruce Davis - SS</t>
   </si>
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>