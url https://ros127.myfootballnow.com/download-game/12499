--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -602,51 +602,51 @@
   <si>
     <t>1-10-CHI 42 (12:47) 2-Andrew Comstock pass complete to 5-Paul Sanchez to CHI 41 for 1 yards. Tackle by 38-Thomas Price.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-CHI 41 (12:11) 2-Andrew Comstock pass complete to 5-Paul Sanchez to CHI 38 for 3 yards. Tackle by 96-Theodore Barber.</t>
   </si>
   <si>
     <t>#3 Charles Rosado - WR</t>
   </si>
   <si>
     <t>#80 James Bellows - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-6-CHI 38 (11:31) 2-Andrew Comstock pass complete to 88-Cornelius Meek to CHI 33 for 5 yards. Tackle by 38-Thomas Price. CHI 91-Benito Thompson was injured on the play. He looks like he should be able to return. CHI 56-Martin King was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#56 Tommy Owens - FS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>CHI 33</t>
   </si>
   <si>
     <t>4-1-CHI 33 (10:47) 1-James Wilson 51 yard field goal is GOOD. MIN 3 CHI 7</t>
   </si>