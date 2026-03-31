--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -416,51 +416,51 @@
   <si>
     <t>#20 Alfredo McCormick - CB</t>
   </si>
   <si>
     <t>#24 Christopher Elder - SS</t>
   </si>
   <si>
     <t>#38 David Estevez - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>CLE 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-8-CLE 28 (14:22) 24-Robert Schipper ran to CLE 31 for 2 yards. Tackle by 98-Andrew Choate. CLE 63-Robert Manning was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 Jermaine Nix - TE</t>
+    <t>#82 Jermaine Nix - TE</t>
   </si>
   <si>
     <t>#56 Nathan Hawkins - WLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-6-CLE 31 (13:37) 24-Robert Schipper ran to CLE 36 for 6 yards. Tackle by 56-Nathan Hawkins.</t>
   </si>
   <si>
     <t>#60 Christopher Lehner - C</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>CLE 36</t>
   </si>