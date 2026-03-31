--- v0 (2026-03-08)
+++ v1 (2026-03-31)
@@ -308,51 +308,51 @@
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#41 Douglas Diaz - MLB</t>
   </si>
   <si>
     <t>#23 Robert Fobbs - CB</t>
   </si>
   <si>
     <t>#73 Richard Akbar - DT</t>
   </si>
   <si>
     <t>#43 Wayne Turner - MLB</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>#49 Osvaldo Dessert - SLB</t>
   </si>
   <si>
     <t>#21 Robert Durham - CB</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>#34 Bruce Davis - SS</t>
   </si>
   <si>
     <t>#5 Jerry Carroll - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 8-Pedro Quick pass complete to 30-Henry Stanton to OAK 25 for a short gain. Tackle by 48-Phillip Hahn.</t>
   </si>
   <si>
     <t>#8 Pedro Quick - QB</t>
   </si>