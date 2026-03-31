--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -350,51 +350,51 @@
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 2-Stephen Solis pass complete to 81-Michael Wright for 75 yards. TOUCHDOWN! BUF 6 DEN 0</t>
   </si>
   <si>
     <t>#2 Stephen Solis - QB</t>
   </si>
   <si>
     <t>#24 Christopher Perkins - RB</t>
   </si>
   <si>
     <t>#46 Willie Villanueva - FB</t>
   </si>
   <si>
     <t>#80 Joesph Blow - TE</t>
   </si>
   <si>
     <t>#81 Michael Wright - WR</t>
   </si>
   <si>
     <t>#70 Robert Swain - LT</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - LG</t>
+    <t>#60 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#63 Joel Olson - RG</t>
   </si>
   <si>
     <t>#66 Brian Davis - RT</t>
   </si>
   <si>
     <t>#98 Jerome Quicksey - LDE</t>
   </si>
   <si>
     <t>#97 Kermit Priest - DT</t>
   </si>
   <si>
     <t>#93 Zachary Rice - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#54 Jerry Neal - SLB</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>#76 Martin Reynolds - LT</t>
   </si>
   <si>
     <t>#61 Damon Ali - LG</t>
   </si>
   <si>
     <t>#65 Roy Hagemann - C</t>
   </si>
   <si>
     <t>#67 Ronnie Ho - RG</t>
   </si>
   <si>
     <t>#73 Clayton Jackson - RT</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
     <t>#98 Timothy Ware - DT</t>
   </si>
   <si>
-    <t>#74 James Church - RDE</t>
+    <t>#74 James Church - DT</t>
   </si>
   <si>
     <t>#53 Richard Childress - SLB</t>
   </si>
   <si>
     <t>#93 Dennis Johnson - MLB</t>
   </si>
   <si>
     <t>#59 Frank Cannon - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-DEN 27 (14:13) 32-Kenneth Adams ran to DEN 33 for 6 yards. Tackle by 35-Jerry Harvard.</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-BUF 39 (14:21) 2-Stephen Solis pass complete to 24-Christopher Perkins to BUF 42 for 2 yards. Tackle by 55-Collin Garner. BUF 60-Howard Chaffins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BUF 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-9-BUF 42 (13:41) 24-Christopher Perkins ran to DEN 47 for 11 yards. Tackle by 25-Joe Macleod.</t>
   </si>
   <si>
-    <t>#65 Gregorio Blake - LG</t>
+    <t>#65 Gregorio Blake - RG</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>1-10-DEN 47 (13:02) 2-Stephen Solis pass complete to 24-Christopher Perkins to DEN 42 for 5 yards. Tackle by 59-Armando Braun.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>DEN 42</t>
   </si>
   <si>
     <t>2-5-DEN 42 (12:23) 2-Stephen Solis pass Pass knocked down by 55-Collin Garner. incomplete, intended for 46-Willie Villanueva.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>