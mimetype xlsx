--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1274,51 +1274,51 @@
   <si>
     <t>2-10-MIN 25 (12:08) 2-Andrew Comstock pass complete to 81-Raymond Lee to MIN 27 for 2 yards. Tackle by 41-Emmett Gillen.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>MIN 27</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-8-MIN 27 (11:23) 2-Andrew Comstock pass complete to 88-Cornelius Meek to MIN 39 for 12 yards. Tackle by 21-David Bidwell.</t>
   </si>
   <si>
     <t>#38 Brandon Fish - SS</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>1-10-MIN 39 (10:41) 2-Andrew Comstock pass complete to 5-Paul Sanchez to MIN 40 for 1 yards. Tackle by 23-Andrew Lopez.</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>MIN 40</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>2-9-MIN 40 (10:05) 41-Michael Turner ran to MIN 43 for 3 yards. Tackle by 99-Anthony White.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>3-6-MIN 43 (9:30) 2-Andrew Comstock ran to NYA 47 for 10 yards. 2-Andrew Comstock slides to avoid being hit.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>NYA 47</t>
   </si>