--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -707,51 +707,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SEA 42 (8:11) 24-Keith Mock ran for 58 yards. TOUCHDOWN! WAS 0 SEA 6</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:00) Extra point GOOD by 8-David Washington. WAS 0 SEA 7</t>
   </si>
   <si>
-    <t>#13 Roberto Knight - QB</t>
+    <t>#1 Roberto Knight - QB</t>
   </si>
   <si>
     <t>#65 Stephen Beaudette - RDE</t>
   </si>
   <si>
     <t>(8:00) 8-David Washington kicks 67 yards from SEA 35 to WAS -2. 45-Dean Avila to WAS 26 for 29 yards. Tackle by 27-James Chen.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>WAS 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-WAS 26 (7:55) 6-Edward Sallee pass complete to 19-James Woodson to WAS 29 for 3 yards. Tackle by 58-Billy Clement.</t>
   </si>
   <si>
     <t>#98 Gerald Smith - DT</t>
   </si>
@@ -2286,51 +2286,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>