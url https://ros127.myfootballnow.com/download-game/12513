--- v0 (2026-03-08)
+++ v1 (2026-03-31)
@@ -770,51 +770,51 @@
   <si>
     <t>NED 43</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-8-NED 43 (4:22) 12-Richard Derrick pass complete to 32-Billy Presley to NED 23 for 21 yards. Tackle by 48-Andrew Johnson. GBY 17-Robert Downs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>NED 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NED 23 (3:45) 12-Richard Derrick pass INTERCEPTED by 48-Andrew Johnson at NED 14. 48-Andrew Johnson to NED 14 for -0 yards. Tackle by 18-Devin Tillman.</t>
   </si>
   <si>
-    <t>#16 Robert Orr - WR</t>
+    <t>#13 Robert Orr - WR</t>
   </si>
   <si>
     <t>#81 John Ramires - WR</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>#41 James Armstrong - SS</t>
   </si>
   <si>
     <t>#1 Karl McGinnis - FS</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>NED 14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-NED 14 (3:42) 35-John Kindel ran to NED 21 for 7 yards. Tackle by 22-Gary Villanueva.</t>
   </si>