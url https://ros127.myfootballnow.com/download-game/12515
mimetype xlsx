--- v0 (2026-03-08)
+++ v1 (2026-03-31)
@@ -341,51 +341,51 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 35 (14:54) 49-David Hernandez ran to MIA 40 for 5 yards. Tackle by 43-Daniel English.</t>
   </si>
   <si>
     <t>#12 Maynard Ware - QB</t>
   </si>
   <si>
     <t>#49 David Hernandez - RB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#14 Jay Nichols - WR</t>
   </si>
   <si>
     <t>#81 Willie Hardin - WR</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#76 Ronald Allen - LT</t>
   </si>
   <si>
     <t>#62 Paul Smith - LG</t>
   </si>
   <si>
     <t>#77 Christopher Horn - C</t>
   </si>
   <si>
     <t>#64 Anthony Jimenez - RG</t>
   </si>
   <si>
     <t>#50 Dennis Wilson - RT</t>
   </si>