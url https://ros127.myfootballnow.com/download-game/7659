--- v0 (2025-11-02)
+++ v1 (2026-02-23)
@@ -530,51 +530,51 @@
   <si>
     <t>#85 Jacob Wakeman - WR</t>
   </si>
   <si>
     <t>#14 Steven Kirby - WR</t>
   </si>
   <si>
     <t>#60 Marshall Evans - LT</t>
   </si>
   <si>
     <t>#62 Richard Daniels - LG</t>
   </si>
   <si>
     <t>#65 Edward Cotter - LG</t>
   </si>
   <si>
     <t>#64 Tyler Nelson - RG</t>
   </si>
   <si>
     <t>#76 Oliver Pecoraro - RT</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
-    <t>#97 James Carper - DT</t>
+    <t>#61 James Carper - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#54 Buddy Isaac - MLB</t>
   </si>
   <si>
     <t>#52 Gilbert Therrien - WLB</t>
   </si>
   <si>
     <t>#23 Kenneth McCarty - CB</t>
   </si>
   <si>
     <t>#41 Edgar Crooks - SS</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>KCY 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>