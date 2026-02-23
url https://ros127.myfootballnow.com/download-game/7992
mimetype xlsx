--- v0 (2025-11-02)
+++ v1 (2026-02-23)
@@ -368,51 +368,51 @@
   <si>
     <t>#10 Randy Lively - WR</t>
   </si>
   <si>
     <t>#18 Andre Gatlin - WR</t>
   </si>
   <si>
     <t>#68 Buddy Sparks - RT</t>
   </si>
   <si>
     <t>#65 Albert Todd - RG</t>
   </si>
   <si>
     <t>#51 Rob Tocco - C</t>
   </si>
   <si>
     <t>#28 Robert Murphy - RG</t>
   </si>
   <si>
     <t>#71 Tim Goldstein - RT</t>
   </si>
   <si>
     <t>#91 Carlos Patel - LDE</t>
   </si>
   <si>
-    <t>#97 James Carper - DT</t>
+    <t>#61 James Carper - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#41 James Caldwell - CB</t>
   </si>
   <si>
     <t>#54 Buddy Isaac - MLB</t>
   </si>
   <si>
     <t>#56 Eduardo Dewey - MLB</t>
   </si>
   <si>
     <t>#52 Gilbert Therrien - WLB</t>
   </si>
   <si>
     <t>#49 John Shire - CB</t>
   </si>
   <si>
     <t>#22 Norman Law - CB</t>
   </si>
   <si>
     <t>#41 Edgar Crooks - SS</t>
   </si>