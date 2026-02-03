--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CIN 25 (15:00) 10-Gregory Carson ran to CIN 28 for 3 yards. Tackle by 52-Phillip Ferguson. CIN 29-Frederick Kash was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Juan Grisby - QB</t>
   </si>
   <si>
     <t>#10 Gregory Carson - RB</t>
   </si>
   <si>
     <t>#29 Frederick Kash - FB</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#80 Walter Hatley - TE</t>
   </si>
   <si>
     <t>#71 Juan Boucher - RG</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#70 Ronald Underwood - LDE</t>
   </si>
   <si>
     <t>#95 Freddie Greer - LDE</t>
   </si>
   <si>
     <t>#93 George Laughlin - DT</t>
   </si>
   <si>
     <t>#70 George Garcia - DT</t>
   </si>
   <si>
     <t>#90 Lester Henderson - RDE</t>
   </si>
   <si>
     <t>#55 Donnie Costello - WLB</t>
   </si>