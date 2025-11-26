--- v0 (2025-11-02)
+++ v1 (2025-11-26)
@@ -500,51 +500,51 @@
   <si>
     <t>NYN 49</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-1-NYN 49 (12:28) 35-Reginald Rose ran to NYN 48 for -1 yards. Tackle by 54-Donald Smalls.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYN 48 (11:54) 2-Rodolfo Bergh punts 45 yards to TEN 7.</t>
   </si>
   <si>
-    <t>#2 Rodolfo Bergh - P</t>
+    <t>#7 Rodolfo Bergh - P</t>
   </si>
   <si>
     <t>#65 Jimmy Kimball - C</t>
   </si>
   <si>
     <t>#7 Daniel Durbin - WR</t>
   </si>
   <si>
     <t>#21 Keith Paulk - CB</t>
   </si>
   <si>
     <t>#69 Harold Campbell - LT</t>
   </si>
   <si>
     <t>#73 William Wilkins - RT</t>
   </si>
   <si>
     <t>#99 James Barclay - LDE</t>
   </si>
   <si>
     <t>#60 Dennis Williams - DT</t>
   </si>
   <si>
     <t>11:46</t>
   </si>